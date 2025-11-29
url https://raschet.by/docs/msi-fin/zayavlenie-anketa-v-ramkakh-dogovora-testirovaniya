--- v0 (2025-10-08)
+++ v1 (2025-11-29)
@@ -1,5371 +1,6579 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9638" w:type="dxa"/>
-[...3 lines deleted...]
-        </w:tblCellMar>
+        <w:tblW w:w="9790" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9638"/>
+        <w:gridCol w:w="9790"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F0E61">
+      <w:tr w:rsidR="00EA7EBD" w:rsidTr="00EA7EBD">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="494"/>
+          <w:trHeight w:val="591"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9638" w:type="dxa"/>
+            <w:tcW w:w="9790" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006F0E61" w:rsidRDefault="00B73865" w:rsidP="00B73865">
-[...1 lines deleted...]
-              <w:ind w:left="5102" w:firstLineChars="274" w:firstLine="658"/>
+          <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492">
+            <w:pPr>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:noProof/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="15"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:posOffset>0</wp:posOffset>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="paragraph">
+                    <wp:posOffset>-22860</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="1098550" cy="397510"/>
+                  <wp:effectExtent l="0" t="0" r="13970" b="13970"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="8" name="Изображение 1"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="8" name="Изображение 1"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId6" cstate="print"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1098550" cy="397510"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:anchor>
+              </w:drawing>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="15"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                                                                </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               </w:rPr>
               <w:t>ОАО «НКФО «ЕРИП»</w:t>
-            </w:r>
-[...81 lines deleted...]
-              <w:t>от «___» __________________ 20__ г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F0E61" w:rsidRDefault="00B73865">
-[...3 lines deleted...]
-        <w:ind w:firstLine="680"/>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD" w:rsidP="00EA7EBD">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E312C9" w:rsidRDefault="00033492" w:rsidP="00E312C9">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Просим провести тестирование готовности взаимодействия информационной системы (далее – ИС) </w:t>
+        <w:t xml:space="preserve">ЗАЯВЛЕНИЕ–АНКЕТА </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...14 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00E312C9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на проведение </w:t>
+      </w:r>
+      <w:r w:rsidR="00E312C9" w:rsidRPr="00E312C9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>внешнего тестирования</w:t>
+      </w:r>
+      <w:r w:rsidR="00E312C9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA7EBD" w:rsidRPr="00EA7EBD" w:rsidRDefault="00E312C9" w:rsidP="00EA7EBD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:i/>
-[...17 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>взаимодействия с МСИ</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00033492">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r w:rsidR="00033492">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7EBD" w:rsidRPr="00EA7EBD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00033492">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7EBD" w:rsidRPr="00EA7EBD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00033492">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="00033492">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00033492">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00E312C9" w:rsidP="00E312C9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5554"/>
+        </w:tabs>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...36 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA7EBD" w:rsidRPr="00EA7EBD" w:rsidRDefault="00EA7EBD" w:rsidP="00EA7EBD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00E312C9">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E312C9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Д</w:t>
+      </w:r>
+      <w:r w:rsidR="00033492" w:rsidRPr="00E312C9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оступ</w:t>
+      </w:r>
+      <w:r w:rsidR="00033492">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к тестовому стенду:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA7EBD" w:rsidRPr="00EA7EBD" w:rsidRDefault="00EA7EBD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9620" w:type="dxa"/>
-[...3 lines deleted...]
-        </w:tblCellMar>
+        <w:tblStyle w:val="ab"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4546"/>
-        <w:gridCol w:w="5074"/>
+        <w:gridCol w:w="367"/>
+        <w:gridCol w:w="9649"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F0E61" w:rsidTr="00200F73">
-[...20 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:tr w:rsidR="00EA7EBD" w:rsidTr="00EA7EBD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRPr="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9649" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00E312C9">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
-[...214 lines deleted...]
-              <w:t xml:space="preserve"> тестирования </w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>первичный</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F0E61" w:rsidRDefault="00B73865">
-[...20 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9949" w:type="dxa"/>
-[...5 lines deleted...]
-        </w:tblCellMar>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2513"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="367"/>
+        <w:gridCol w:w="9649"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EA7EBD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRPr="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9649" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00E312C9" w:rsidP="00F72B82">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>повторный</w:t>
+            </w:r>
+            <w:r w:rsidR="00033492">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E312C9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E312C9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Акта о проведении </w:t>
+            </w:r>
+            <w:r w:rsidR="00F72B82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>первичного</w:t>
+            </w:r>
+            <w:r w:rsidR="00D861B8">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E312C9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тестирования</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA7EBD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA7EBD">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00033492">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> )</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00033492">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492" w:rsidP="00EA7EBD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наименование владельца </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>информационной системы (ИС):</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="ab"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10016"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EA7EBD" w:rsidTr="00EA7EBD">
+        <w:trPr>
+          <w:trHeight w:val="577"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10016" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRPr="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD" w:rsidP="00EA7EBD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B2B74" w:rsidRDefault="009B2B74" w:rsidP="009B2B74">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Полное наименование ИС</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10016"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009B2B74" w:rsidTr="00B04DBC">
+        <w:trPr>
+          <w:trHeight w:val="619"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10016" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="009B2B74" w:rsidRPr="00EA7EBD" w:rsidRDefault="009B2B74" w:rsidP="00B04DBC">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="009B2B74" w:rsidRPr="009B2B74" w:rsidRDefault="009B2B74" w:rsidP="00EA7EBD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наименование ИС</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, отображаемое клиентам: </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10016"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EA7EBD">
+        <w:trPr>
+          <w:trHeight w:val="619"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10016" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRPr="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">длиной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t>до 25 символов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E312C9" w:rsidRPr="00E312C9" w:rsidRDefault="00E312C9" w:rsidP="00E312C9">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наименование </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E312C9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>разработчик</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E312C9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E312C9">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ИС</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E312C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="ab"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10016"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E312C9" w:rsidTr="00E312C9">
+        <w:trPr>
+          <w:trHeight w:val="577"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10016" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E312C9" w:rsidRPr="00EA7EBD" w:rsidRDefault="00E312C9" w:rsidP="00E312C9">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00E312C9" w:rsidRDefault="00E312C9" w:rsidP="00E312C9">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E312C9" w:rsidRPr="00E312C9" w:rsidRDefault="00E312C9" w:rsidP="00E312C9">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E312C9">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Краткое </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E312C9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">описание назначения и состава </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E312C9">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ИС</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E312C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="ab"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10016"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E312C9" w:rsidTr="00E312C9">
+        <w:trPr>
+          <w:trHeight w:val="577"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10016" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E312C9" w:rsidRPr="00E312C9" w:rsidRDefault="00E312C9" w:rsidP="00E312C9">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00E312C9" w:rsidRPr="006B53DC" w:rsidRDefault="00E312C9" w:rsidP="00E312C9">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F9502C" w:rsidRPr="00E312C9" w:rsidRDefault="00F9502C" w:rsidP="00F9502C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F9502C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тип приложения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для тестирования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E312C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10031" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="367"/>
+        <w:gridCol w:w="4277"/>
+        <w:gridCol w:w="5387"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F9502C" w:rsidTr="006B53DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F9502C" w:rsidRPr="00EA7EBD" w:rsidRDefault="00F9502C" w:rsidP="006B53DC">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4277" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F9502C" w:rsidRDefault="00F9502C" w:rsidP="00F9502C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9502C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Web-приложение </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="006B53DC" w:rsidRDefault="00F9502C" w:rsidP="006B53DC">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F9502C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F9502C" w:rsidRDefault="00F9502C" w:rsidP="00F9502C">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F9502C" w:rsidTr="006B53DC">
+        <w:trPr>
+          <w:trHeight w:val="577"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F9502C" w:rsidRDefault="00F9502C" w:rsidP="006B53DC">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4277" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="006B53DC" w:rsidRPr="006B53DC" w:rsidRDefault="006B53DC" w:rsidP="006B53DC">
+            <w:r w:rsidRPr="006B53DC">
+              <w:t>указывается:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006B53DC" w:rsidRPr="006B53DC" w:rsidRDefault="006B53DC" w:rsidP="006B53DC">
+            <w:r w:rsidRPr="006B53DC">
+              <w:t xml:space="preserve"> ▪ операционная система сервера;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006B53DC" w:rsidRPr="006B53DC" w:rsidRDefault="006B53DC" w:rsidP="006B53DC">
+            <w:r w:rsidRPr="006B53DC">
+              <w:t xml:space="preserve">  ▪ сведения о web-приложении: используемая технология (web-сервер/сервер приложений);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F9502C" w:rsidRPr="006B53DC" w:rsidRDefault="006B53DC" w:rsidP="006B53DC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B53DC">
+              <w:t xml:space="preserve">  ▪ язык программирования приложения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F9502C" w:rsidRDefault="00F9502C" w:rsidP="006B53DC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00F9502C" w:rsidRDefault="00F9502C" w:rsidP="00E312C9">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10031" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="367"/>
+        <w:gridCol w:w="4277"/>
+        <w:gridCol w:w="5387"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F9502C" w:rsidTr="006B53DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F9502C" w:rsidRPr="00EA7EBD" w:rsidRDefault="00F9502C" w:rsidP="006B53DC">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4277" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F9502C" w:rsidRDefault="006B53DC" w:rsidP="006B53DC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B53DC">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мобильная версия сайта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F9502C" w:rsidRDefault="00F9502C" w:rsidP="006B53DC">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F9502C" w:rsidTr="006B53DC">
+        <w:trPr>
+          <w:trHeight w:val="577"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F9502C" w:rsidRDefault="00F9502C" w:rsidP="006B53DC">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4277" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B354E" w:rsidRPr="006B53DC" w:rsidRDefault="007B354E" w:rsidP="007B354E">
+            <w:r w:rsidRPr="006B53DC">
+              <w:t>указывается:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B354E" w:rsidRPr="006B53DC" w:rsidRDefault="007B354E" w:rsidP="007B354E">
+            <w:r w:rsidRPr="006B53DC">
+              <w:t xml:space="preserve"> ▪ операционная система сервера;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B354E" w:rsidRPr="006B53DC" w:rsidRDefault="007B354E" w:rsidP="007B354E">
+            <w:r w:rsidRPr="006B53DC">
+              <w:t xml:space="preserve">  ▪ сведения о web-приложении: используемая технология (web-сервер/сервер приложений);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F9502C" w:rsidRDefault="007B354E" w:rsidP="007B354E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B53DC">
+              <w:t xml:space="preserve">  ▪ язык программирования приложения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F9502C" w:rsidRDefault="00F9502C" w:rsidP="006B53DC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00F9502C" w:rsidRDefault="00F9502C" w:rsidP="00E312C9">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9968" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="372"/>
+        <w:gridCol w:w="4272"/>
+        <w:gridCol w:w="432"/>
+        <w:gridCol w:w="4892"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006B53DC" w:rsidTr="00097AAF">
+        <w:trPr>
+          <w:trHeight w:val="313"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="372" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="006B53DC" w:rsidRPr="00EA7EBD" w:rsidRDefault="006B53DC" w:rsidP="006B53DC">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4272" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006B53DC" w:rsidRDefault="006B53DC" w:rsidP="006B53DC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приложение </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>для</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="007B354E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="432" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="006B53DC" w:rsidRDefault="006B53DC" w:rsidP="006B53DC">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4892" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="006B53DC" w:rsidRPr="006B53DC" w:rsidRDefault="006B53DC" w:rsidP="006B53DC">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B53DC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ОС </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006B53DC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Android</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="007B354E" w:rsidRDefault="007B354E" w:rsidP="00E312C9">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="5324" w:type="dxa"/>
+        <w:tblInd w:w="4644" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="426"/>
+        <w:gridCol w:w="4898"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002A1E88" w:rsidRPr="006B53DC" w:rsidTr="007C4609">
+        <w:trPr>
+          <w:trHeight w:val="313"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="002A1E88" w:rsidRDefault="002A1E88" w:rsidP="007C4609">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4898" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="002A1E88" w:rsidRPr="006B53DC" w:rsidRDefault="002A1E88" w:rsidP="002A1E88">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B53DC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ОС </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A1E88">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>iOS</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="002A1E88" w:rsidRDefault="002A1E88" w:rsidP="00E312C9">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="5324" w:type="dxa"/>
+        <w:tblInd w:w="4644" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="426"/>
+        <w:gridCol w:w="4898"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F52FC6" w:rsidRPr="006B53DC" w:rsidTr="00097AAF">
+        <w:trPr>
+          <w:trHeight w:val="313"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F52FC6" w:rsidRDefault="00F52FC6" w:rsidP="00F52FC6">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4898" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F52FC6" w:rsidRPr="006B53DC" w:rsidRDefault="00F52FC6" w:rsidP="00F52FC6">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B53DC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ОС </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006B53DC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Windows</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00F52FC6" w:rsidRPr="00097AAF" w:rsidRDefault="00F52FC6" w:rsidP="00E312C9">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="5324" w:type="dxa"/>
+        <w:tblInd w:w="4644" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="426"/>
+        <w:gridCol w:w="4898"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F52FC6" w:rsidRPr="006B53DC" w:rsidTr="00097AAF">
+        <w:trPr>
+          <w:trHeight w:val="313"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F52FC6" w:rsidRDefault="00F52FC6" w:rsidP="00F52FC6">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4898" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F52FC6" w:rsidRPr="006B53DC" w:rsidRDefault="00F52FC6" w:rsidP="00F52FC6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B354E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ОС </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007B354E">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Linux</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00F52FC6" w:rsidRPr="00F52FC6" w:rsidRDefault="00F52FC6" w:rsidP="00E312C9">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">URL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>для возврата результатов:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10016"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EA7EBD" w:rsidTr="00127DAB">
+        <w:trPr>
+          <w:trHeight w:val="493"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10016" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRPr="00FB3506" w:rsidRDefault="007C4609">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C4609">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>URL вида https://app.company.by/oauth2/callback</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="004D7552" w:rsidRDefault="004D7552">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B7AB0" w:rsidRDefault="009B7AB0">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D7552" w:rsidRDefault="004D7552">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Владелец прав на URL для возврата результатов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D7552" w:rsidRDefault="004D7552">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="ab"/>
+        <w:tblW w:w="10016" w:type="dxa"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="367"/>
+        <w:gridCol w:w="9649"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004D7552" w:rsidTr="004D7552">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="004D7552" w:rsidRPr="00EA7EBD" w:rsidRDefault="004D7552" w:rsidP="004D7552">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9649" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004D7552" w:rsidRPr="004D7552" w:rsidRDefault="004D7552" w:rsidP="004D7552">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">владелец ИС </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="004D7552" w:rsidRPr="004D7552" w:rsidRDefault="004D7552">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10031" w:type="dxa"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="367"/>
+        <w:gridCol w:w="4277"/>
+        <w:gridCol w:w="5387"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004D7552" w:rsidTr="004D7552">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="004D7552" w:rsidRPr="00EA7EBD" w:rsidRDefault="004D7552" w:rsidP="004D7552">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4277" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004D7552" w:rsidRDefault="004D7552" w:rsidP="004D7552">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>иное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00033492">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> →</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>предварительно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00033492">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обратитесь </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="004D7552" w:rsidRDefault="004D7552" w:rsidP="004D7552">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D7552" w:rsidTr="004D7552">
+        <w:trPr>
+          <w:trHeight w:val="577"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="004D7552" w:rsidRDefault="004D7552" w:rsidP="004D7552">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4277" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="004D7552" w:rsidRDefault="004D7552" w:rsidP="004D7552">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>к владельцу МСИ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="004D7552" w:rsidRDefault="004D7552" w:rsidP="004D7552">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="004D7552" w:rsidRDefault="004D7552" w:rsidP="00EA4A68">
+      <w:pPr>
+        <w:spacing w:after="60"/>
+        <w:ind w:firstLineChars="1150" w:firstLine="2771"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00097AAF" w:rsidRPr="000828E0" w:rsidRDefault="00097AAF" w:rsidP="00097AAF">
+      <w:pPr>
+        <w:spacing w:after="60"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097AAF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие</w:t>
+      </w:r>
+      <w:r w:rsidR="000828E0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и состав</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097AAF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D7FA0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сертифицированных</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D7FA0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в Республике Беларусь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097AAF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> СКЗИ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D7FA0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>для организации защищенного соединения с TLS-сервером МСИ согласно СТБ 34.101.65</w:t>
+      </w:r>
+      <w:r w:rsidR="005D7FA0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="ab"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10016"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="007C4609" w:rsidTr="007C4609">
+        <w:trPr>
+          <w:trHeight w:val="577"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10016" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="007C4609" w:rsidRPr="00E312C9" w:rsidRDefault="007C4609" w:rsidP="007C4609">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00D452E4" w:rsidRDefault="00D452E4">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D452E4" w:rsidRDefault="00D452E4">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тестируемые услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> МСИ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="ab"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="367"/>
+        <w:gridCol w:w="9649"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EA7EBD" w:rsidTr="00EA7EBD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRPr="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9649" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492" w:rsidP="001833D3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">аутентификация и идентификация </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="367"/>
+        <w:gridCol w:w="9649"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EA7EBD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRPr="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9649" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492" w:rsidP="001833D3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>аутентификация и верификация данных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Категории клиентов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>для тестирования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+      <w:pPr>
+        <w:spacing w:after="60"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="ab"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="367"/>
+        <w:gridCol w:w="9649"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EA7EBD" w:rsidTr="00EA7EBD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRPr="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9649" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физические лица</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="367"/>
+        <w:gridCol w:w="9649"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EA7EBD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRPr="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9649" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">индивидуальные предприниматели, в т.ч. нотариусы* </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="ab"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="367"/>
+        <w:gridCol w:w="9649"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EA7EBD" w:rsidTr="00EA7EBD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRPr="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9649" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>юридические лица*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492">
+      <w:pPr>
+        <w:spacing w:after="60"/>
+        <w:ind w:leftChars="-100" w:left="-200" w:firstLineChars="100" w:firstLine="200"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>* только для услуги по аутентификации и идентификации клиентов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+      <w:pPr>
+        <w:spacing w:after="60"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Список используемых </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>идентификаторов данных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> клиентов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492">
+      <w:pPr>
+        <w:spacing w:after="60"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="ab"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="367"/>
+        <w:gridCol w:w="9649"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EA7EBD" w:rsidTr="00EA7EBD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRPr="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9649" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>полный перечень данных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10031" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="367"/>
+        <w:gridCol w:w="4277"/>
+        <w:gridCol w:w="5387"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EA7EBD" w:rsidTr="00B43AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRPr="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4277" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492" w:rsidP="004D7552">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>набор данных</w:t>
+            </w:r>
+            <w:r w:rsidR="00B43AE5" w:rsidRPr="00033492">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>→</w:t>
+            </w:r>
+            <w:r w:rsidR="00B43AE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B43AE5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>предварительно</w:t>
+            </w:r>
+            <w:r w:rsidR="00B43AE5" w:rsidRPr="00033492">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B43AE5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обратитесь </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA7EBD" w:rsidTr="00B43AE5">
+        <w:trPr>
+          <w:trHeight w:val="577"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4277" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRDefault="004D7552">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>к владельцу МСИ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00B43AE5" w:rsidRDefault="00B43AE5" w:rsidP="00EA4A68">
+      <w:pPr>
+        <w:ind w:firstLineChars="1150" w:firstLine="2771"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Способы аутентификации </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>клиентов в ИС:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="ab"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="367"/>
+        <w:gridCol w:w="9649"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EA7EBD" w:rsidTr="00EA7EBD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRPr="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9649" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>статический пароль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="ab"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="367"/>
+        <w:gridCol w:w="9649"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EA7EBD" w:rsidTr="00EA7EBD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRPr="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9649" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>динамический пароль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="ab"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="367"/>
+        <w:gridCol w:w="9649"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EA7EBD" w:rsidTr="00EA7EBD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRPr="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9649" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>статический и динамический парол</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB0EC5">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="ab"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="367"/>
+        <w:gridCol w:w="9649"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EA7EBD" w:rsidTr="00EA7EBD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRPr="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9649" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ID-карта с использованием мобильного приложения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="ab"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="367"/>
+        <w:gridCol w:w="9649"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EA7EBD" w:rsidTr="00EA7EBD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRPr="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9649" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ID-карта с использованием физического считывателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="ab"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="367"/>
+        <w:gridCol w:w="9649"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EA7EBD" w:rsidTr="00EA7EBD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRPr="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9649" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификат ГосСУОК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="367"/>
+        <w:gridCol w:w="9649"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EA7EBD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRPr="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9649" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификат ГосСУОК (включая атрибутный)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="ab"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="367"/>
+        <w:gridCol w:w="9649"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EA7EBD" w:rsidTr="00EA7EBD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRPr="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9649" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сертификат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ГосСУОК</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по протоколу </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>MobileID</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="ab"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="367"/>
+        <w:gridCol w:w="9649"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EA7EBD" w:rsidTr="00EA7EBD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRPr="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9649" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сертификат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ГосСУОК</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мультибраузерность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с использованием </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>AvTunProxy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00EA7EBD" w:rsidRPr="00AB0EC5" w:rsidRDefault="00EA7EBD">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D452E4" w:rsidRDefault="00D452E4">
+      <w:pPr>
+        <w:ind w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D452E4" w:rsidRDefault="00D452E4">
+      <w:pPr>
+        <w:ind w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D452E4" w:rsidRDefault="00D452E4">
+      <w:pPr>
+        <w:ind w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D452E4" w:rsidRDefault="00D452E4">
+      <w:pPr>
+        <w:ind w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492">
+      <w:pPr>
+        <w:ind w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Возможность </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">выработки ЭЦП </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>в ИС:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>только для услуги по аутентификации и идентификации клиентов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t>в соответствии с п. 2.5 Протоколов получения данных из МСИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+      <w:pPr>
+        <w:spacing w:after="60"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="ab"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="367"/>
+        <w:gridCol w:w="9649"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EA7EBD" w:rsidTr="00EA7EBD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRPr="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9649" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>да</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="367"/>
+        <w:gridCol w:w="9649"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EA7EBD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRPr="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9649" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00EA7EBD" w:rsidRPr="00AB0EC5" w:rsidRDefault="00EA7EBD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA7EBD" w:rsidRPr="00AB0EC5" w:rsidRDefault="00EA7EBD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Логотип </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ИС для отображения клиентам:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4404"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EA7EBD">
+        <w:trPr>
+          <w:trHeight w:val="1998"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRPr="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA7EBD" w:rsidRPr="00033492" w:rsidRDefault="00033492">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(!) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00033492">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дополнительно необходимо направить логотип на </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>msi</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>@</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>raschet</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>by</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492" w:rsidP="006225B4">
+      <w:pPr>
+        <w:ind w:firstLineChars="150" w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Изображение формата PNG размером 200x200</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>px</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с прозрачным фоном.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006225B4" w:rsidRDefault="006225B4" w:rsidP="006225B4">
+      <w:pPr>
+        <w:ind w:firstLineChars="150" w:firstLine="361"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Уполномоченные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>работники:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ФИО:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Должность:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">       Номер телефона:         </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e-mail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
         <w:gridCol w:w="2694"/>
+        <w:gridCol w:w="240"/>
+        <w:gridCol w:w="2305"/>
+        <w:gridCol w:w="240"/>
+        <w:gridCol w:w="2059"/>
+        <w:gridCol w:w="240"/>
+        <w:gridCol w:w="2238"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F0E61" w:rsidTr="00200F73">
+      <w:tr w:rsidR="00EA7EBD">
+        <w:trPr>
+          <w:trHeight w:val="657"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRPr="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="240" w:after="60"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRPr="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="240" w:after="60"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2305" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRPr="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="240" w:after="60"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2059" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ФИО:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Должность:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">       Номер телефона:         </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e-mail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2694"/>
+        <w:gridCol w:w="240"/>
+        <w:gridCol w:w="2305"/>
+        <w:gridCol w:w="240"/>
+        <w:gridCol w:w="2059"/>
+        <w:gridCol w:w="240"/>
+        <w:gridCol w:w="2238"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EA7EBD">
+        <w:trPr>
+          <w:trHeight w:val="619"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRPr="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRPr="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2305" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRPr="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2059" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="240" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Подтверждаем, что ознакомлены и согласны с </w:t>
+      </w:r>
+      <w:r w:rsidR="006225B4" w:rsidRPr="006225B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">документами в области функционирования МСИ </w:t>
+      </w:r>
+      <w:r w:rsidR="006225B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>условиями оказания услуг, а также обязуемся оплачивать вознаграждение, установленное Сборником вознаграждений за операции, осуществляемые ОАО «НКФО «ЕРИП» (и другими участниками ЕРИП).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00553C6C" w:rsidRDefault="00553C6C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00553C6C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Обязуемся предоставить доступ к ИС, в отношении которой проводится тестирование, организации, уполномоченной ОАО «НКФО «ЕРИП» на проведение внешнего тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9790" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3426"/>
+        <w:gridCol w:w="1933"/>
+        <w:gridCol w:w="4431"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EA7EBD">
         <w:trPr>
           <w:cantSplit/>
+          <w:trHeight w:val="256"/>
+          <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4562" w:type="dxa"/>
+            <w:tcW w:w="9790" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:ind w:leftChars="20" w:left="40"/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...2 lines deleted...]
-              <w:t>Полное и краткое (аббревиатура) наимен</w:t>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>__________________________________</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...2 lines deleted...]
-              <w:t>о</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...2 lines deleted...]
-              <w:t>вания ИС и сведения о государс</w:t>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>______________</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...2 lines deleted...]
-              <w:t>т</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...207 lines deleted...]
-              <w:t>ниченными возможностями отображения текста</w:t>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>___________________________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F0E61" w:rsidTr="00200F73">
+      <w:tr w:rsidR="00EA7EBD">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="329"/>
+          <w:trHeight w:val="256"/>
+          <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4562" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3426" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-[...1004 lines deleted...]
-              <w:ind w:leftChars="20" w:left="40"/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>(Должность уполномоченного лица)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1933" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
-                <w:color w:val="000000"/>
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00B73865">
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>(подпись)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
-                <w:color w:val="000000"/>
-[...142 lines deleted...]
-              <w:ind w:leftChars="20" w:left="40"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-[...23 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...121 lines deleted...]
-              <w:ind w:leftChars="20" w:left="40"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-[...19 lines deleted...]
-            <w:r>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>М.П.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00033492">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00730B23">
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>(И.О.Фамилия)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA7EBD">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="256"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3426" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-[...14 lines deleted...]
-            <w:r>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1933" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-[...1621 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006F0E61" w:rsidRDefault="006F0E61"/>
-[...182 lines deleted...]
-      <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="567" w:footer="720" w:gutter="0"/>
+    <w:p w:rsidR="00EA7EBD" w:rsidRDefault="00EA7EBD" w:rsidP="00A66919">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00EA7EBD" w:rsidSect="00EA7EBD">
+      <w:endnotePr>
+        <w:numFmt w:val="decimal"/>
+      </w:endnotePr>
+      <w:type w:val="continuous"/>
+      <w:pgSz w:w="11907" w:h="16839"/>
+      <w:pgMar w:top="1134" w:right="973" w:bottom="700" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:paperSrc w:first="7" w:other="7"/>
       <w:cols w:space="720"/>
-      <w:formProt w:val="0"/>
-      <w:docGrid w:linePitch="100" w:charSpace="8192"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-</w:endnotes>
+<file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w15:commentEx w15:paraId="79164509" w15:done="0"/>
+  <w15:commentEx w15:paraId="6663557D" w15:done="0"/>
+</w15:commentsEx>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-[...1 lines deleted...]
-    <w:charset w:val="00"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...72 lines deleted...]
-    <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...34 lines deleted...]
-</w:hdr>
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="BD382EFA"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="BD382EFA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="425"/>
+        </w:tabs>
+        <w:ind w:left="425" w:hanging="425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="18EA1BC9"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="18EA1BC9"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="420"/>
+        </w:tabs>
+        <w:ind w:left="420" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
-  <w:autoHyphenation/>
+  <w:drawingGridHorizontalSpacing w:val="283"/>
+  <w:drawingGridVerticalSpacing w:val="283"/>
+  <w:doNotShadeFormData/>
+  <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...2 lines deleted...]
-  </w:footnotePr>
   <w:endnotePr>
-    <w:endnote w:id="-1"/>
-    <w:endnote w:id="0"/>
+    <w:numFmt w:val="decimal"/>
   </w:endnotePr>
   <w:compat>
+    <w:doNotExpandShiftReturn/>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C67015"/>
-[...48 lines deleted...]
-    <w:rsid w:val="7EDF7E6C"/>
+    <w:rsidRoot w:val="009C6981"/>
+    <w:rsid w:val="00033492"/>
+    <w:rsid w:val="000828E0"/>
+    <w:rsid w:val="000856CD"/>
+    <w:rsid w:val="00097AAF"/>
+    <w:rsid w:val="000B7C68"/>
+    <w:rsid w:val="000C1750"/>
+    <w:rsid w:val="000D70C3"/>
+    <w:rsid w:val="000E5068"/>
+    <w:rsid w:val="000F1D14"/>
+    <w:rsid w:val="00111EF8"/>
+    <w:rsid w:val="00127DAB"/>
+    <w:rsid w:val="00146F7C"/>
+    <w:rsid w:val="00173366"/>
+    <w:rsid w:val="00182D1D"/>
+    <w:rsid w:val="00182E93"/>
+    <w:rsid w:val="001833D3"/>
+    <w:rsid w:val="001A0D41"/>
+    <w:rsid w:val="001C6B37"/>
+    <w:rsid w:val="0020207D"/>
+    <w:rsid w:val="00217839"/>
+    <w:rsid w:val="00255E33"/>
+    <w:rsid w:val="00261F7E"/>
+    <w:rsid w:val="00267345"/>
+    <w:rsid w:val="002A1E88"/>
+    <w:rsid w:val="002B6B2A"/>
+    <w:rsid w:val="002E2B5E"/>
+    <w:rsid w:val="003211C1"/>
+    <w:rsid w:val="00374A81"/>
+    <w:rsid w:val="00397903"/>
+    <w:rsid w:val="003A7879"/>
+    <w:rsid w:val="003B4F93"/>
+    <w:rsid w:val="003D04FF"/>
+    <w:rsid w:val="00423CD6"/>
+    <w:rsid w:val="00464890"/>
+    <w:rsid w:val="00494168"/>
+    <w:rsid w:val="004A1484"/>
+    <w:rsid w:val="004D7552"/>
+    <w:rsid w:val="004E23E9"/>
+    <w:rsid w:val="004F5114"/>
+    <w:rsid w:val="00501CF3"/>
+    <w:rsid w:val="00505279"/>
+    <w:rsid w:val="00510A68"/>
+    <w:rsid w:val="00553C6C"/>
+    <w:rsid w:val="00555F0A"/>
+    <w:rsid w:val="00563A18"/>
+    <w:rsid w:val="00574369"/>
+    <w:rsid w:val="00597012"/>
+    <w:rsid w:val="005C55AE"/>
+    <w:rsid w:val="005D7FA0"/>
+    <w:rsid w:val="006225B4"/>
+    <w:rsid w:val="00646ED3"/>
+    <w:rsid w:val="006617E6"/>
+    <w:rsid w:val="00682900"/>
+    <w:rsid w:val="006A7722"/>
+    <w:rsid w:val="006B0F85"/>
+    <w:rsid w:val="006B53DC"/>
+    <w:rsid w:val="006E444D"/>
+    <w:rsid w:val="00712BFB"/>
+    <w:rsid w:val="00747191"/>
+    <w:rsid w:val="007B354E"/>
+    <w:rsid w:val="007C4609"/>
+    <w:rsid w:val="008445EE"/>
+    <w:rsid w:val="008461E3"/>
+    <w:rsid w:val="0090559A"/>
+    <w:rsid w:val="00935CCC"/>
+    <w:rsid w:val="00995010"/>
+    <w:rsid w:val="009A1F2F"/>
+    <w:rsid w:val="009B2B74"/>
+    <w:rsid w:val="009B6D62"/>
+    <w:rsid w:val="009B7AB0"/>
+    <w:rsid w:val="009C6981"/>
+    <w:rsid w:val="009D48F9"/>
+    <w:rsid w:val="009F3328"/>
+    <w:rsid w:val="00A030DC"/>
+    <w:rsid w:val="00A20000"/>
+    <w:rsid w:val="00A43601"/>
+    <w:rsid w:val="00A46D3F"/>
+    <w:rsid w:val="00A66919"/>
+    <w:rsid w:val="00A75B7F"/>
+    <w:rsid w:val="00A8349F"/>
+    <w:rsid w:val="00A950DF"/>
+    <w:rsid w:val="00AA7216"/>
+    <w:rsid w:val="00AB0EC5"/>
+    <w:rsid w:val="00AB3406"/>
+    <w:rsid w:val="00AB3716"/>
+    <w:rsid w:val="00B04DBC"/>
+    <w:rsid w:val="00B2056E"/>
+    <w:rsid w:val="00B43AE5"/>
+    <w:rsid w:val="00B459EA"/>
+    <w:rsid w:val="00B81F14"/>
+    <w:rsid w:val="00B83D2D"/>
+    <w:rsid w:val="00BA20F5"/>
+    <w:rsid w:val="00C2103E"/>
+    <w:rsid w:val="00C5702A"/>
+    <w:rsid w:val="00CE7BD4"/>
+    <w:rsid w:val="00D324FC"/>
+    <w:rsid w:val="00D452E4"/>
+    <w:rsid w:val="00D563CA"/>
+    <w:rsid w:val="00D63FAC"/>
+    <w:rsid w:val="00D72113"/>
+    <w:rsid w:val="00D861B8"/>
+    <w:rsid w:val="00DB2DAE"/>
+    <w:rsid w:val="00DB5367"/>
+    <w:rsid w:val="00DC1C32"/>
+    <w:rsid w:val="00DF7242"/>
+    <w:rsid w:val="00E27BA6"/>
+    <w:rsid w:val="00E312C9"/>
+    <w:rsid w:val="00E40BC3"/>
+    <w:rsid w:val="00E62E87"/>
+    <w:rsid w:val="00E712F1"/>
+    <w:rsid w:val="00EA37B9"/>
+    <w:rsid w:val="00EA4A68"/>
+    <w:rsid w:val="00EA7EBD"/>
+    <w:rsid w:val="00EC66E2"/>
+    <w:rsid w:val="00ED0FCE"/>
+    <w:rsid w:val="00F06E10"/>
+    <w:rsid w:val="00F150B2"/>
+    <w:rsid w:val="00F52FC6"/>
+    <w:rsid w:val="00F637C6"/>
+    <w:rsid w:val="00F72B82"/>
+    <w:rsid w:val="00F9502C"/>
+    <w:rsid w:val="00F96D77"/>
+    <w:rsid w:val="00FB3506"/>
+    <w:rsid w:val="018D00A7"/>
+    <w:rsid w:val="01986713"/>
+    <w:rsid w:val="01D67404"/>
+    <w:rsid w:val="01F01E3C"/>
+    <w:rsid w:val="027053BE"/>
+    <w:rsid w:val="038A2A20"/>
+    <w:rsid w:val="0488407F"/>
+    <w:rsid w:val="04EB4455"/>
+    <w:rsid w:val="0605043B"/>
+    <w:rsid w:val="06C51D50"/>
+    <w:rsid w:val="07B405F9"/>
+    <w:rsid w:val="08506DF5"/>
+    <w:rsid w:val="089F63B2"/>
+    <w:rsid w:val="08C87576"/>
+    <w:rsid w:val="08DD7EC2"/>
+    <w:rsid w:val="0A141797"/>
+    <w:rsid w:val="0A954FF7"/>
+    <w:rsid w:val="0AA277E2"/>
+    <w:rsid w:val="0AE82355"/>
+    <w:rsid w:val="0B3043E6"/>
+    <w:rsid w:val="0BB923B2"/>
+    <w:rsid w:val="0C747C3E"/>
+    <w:rsid w:val="0CF84031"/>
+    <w:rsid w:val="0D420653"/>
+    <w:rsid w:val="0E1437C0"/>
+    <w:rsid w:val="0F6C7AA3"/>
+    <w:rsid w:val="10071106"/>
+    <w:rsid w:val="1094250D"/>
+    <w:rsid w:val="10A21838"/>
+    <w:rsid w:val="11364A09"/>
+    <w:rsid w:val="11A249BB"/>
+    <w:rsid w:val="11A83D8D"/>
+    <w:rsid w:val="121B0CAC"/>
+    <w:rsid w:val="12286C59"/>
+    <w:rsid w:val="12403B60"/>
+    <w:rsid w:val="124A4003"/>
+    <w:rsid w:val="12B32F38"/>
+    <w:rsid w:val="12BE134B"/>
+    <w:rsid w:val="13637443"/>
+    <w:rsid w:val="13982333"/>
+    <w:rsid w:val="1432311D"/>
+    <w:rsid w:val="14AD3953"/>
+    <w:rsid w:val="14CB5274"/>
+    <w:rsid w:val="15D5522C"/>
+    <w:rsid w:val="163603AB"/>
+    <w:rsid w:val="16DE327F"/>
+    <w:rsid w:val="175B6D3C"/>
+    <w:rsid w:val="17C55120"/>
+    <w:rsid w:val="17D313A3"/>
+    <w:rsid w:val="187D763D"/>
+    <w:rsid w:val="19464FCA"/>
+    <w:rsid w:val="19BD711D"/>
+    <w:rsid w:val="19C72040"/>
+    <w:rsid w:val="1A4127A1"/>
+    <w:rsid w:val="1ADF3C77"/>
+    <w:rsid w:val="1AF57CC6"/>
+    <w:rsid w:val="1C154B73"/>
+    <w:rsid w:val="1C333412"/>
+    <w:rsid w:val="1C41576A"/>
+    <w:rsid w:val="1C5E0311"/>
+    <w:rsid w:val="1C6423FB"/>
+    <w:rsid w:val="1C660CA8"/>
+    <w:rsid w:val="1CF66A27"/>
+    <w:rsid w:val="1D002961"/>
+    <w:rsid w:val="1D5133A9"/>
+    <w:rsid w:val="1E0A0855"/>
+    <w:rsid w:val="1E2A308C"/>
+    <w:rsid w:val="1E780C0D"/>
+    <w:rsid w:val="1E9D63BD"/>
+    <w:rsid w:val="1EE324BA"/>
+    <w:rsid w:val="20132BAC"/>
+    <w:rsid w:val="205D715F"/>
+    <w:rsid w:val="20B501B7"/>
+    <w:rsid w:val="20BE5572"/>
+    <w:rsid w:val="212705E9"/>
+    <w:rsid w:val="21971952"/>
+    <w:rsid w:val="21AE3C52"/>
+    <w:rsid w:val="21E60529"/>
+    <w:rsid w:val="22732764"/>
+    <w:rsid w:val="235D6E11"/>
+    <w:rsid w:val="23CB61BD"/>
+    <w:rsid w:val="2400212D"/>
+    <w:rsid w:val="240A6030"/>
+    <w:rsid w:val="24836BF3"/>
+    <w:rsid w:val="24FB0E3B"/>
+    <w:rsid w:val="2541374E"/>
+    <w:rsid w:val="25983863"/>
+    <w:rsid w:val="25A073CB"/>
+    <w:rsid w:val="267F11C6"/>
+    <w:rsid w:val="268311EE"/>
+    <w:rsid w:val="27475901"/>
+    <w:rsid w:val="2831737E"/>
+    <w:rsid w:val="287D693C"/>
+    <w:rsid w:val="28E53925"/>
+    <w:rsid w:val="28FB6E3E"/>
+    <w:rsid w:val="29556068"/>
+    <w:rsid w:val="29706DB2"/>
+    <w:rsid w:val="29B97180"/>
+    <w:rsid w:val="2A223CF9"/>
+    <w:rsid w:val="2AB95FD4"/>
+    <w:rsid w:val="2B0A5828"/>
+    <w:rsid w:val="2BD01D6E"/>
+    <w:rsid w:val="2CD10A17"/>
+    <w:rsid w:val="2CF00429"/>
+    <w:rsid w:val="2D565B0E"/>
+    <w:rsid w:val="2E866DE4"/>
+    <w:rsid w:val="2EB50D4E"/>
+    <w:rsid w:val="30047496"/>
+    <w:rsid w:val="301E193C"/>
+    <w:rsid w:val="309B3976"/>
+    <w:rsid w:val="31807183"/>
+    <w:rsid w:val="32016CFC"/>
+    <w:rsid w:val="32211B4E"/>
+    <w:rsid w:val="32821B23"/>
+    <w:rsid w:val="32B2363B"/>
+    <w:rsid w:val="32B545C0"/>
+    <w:rsid w:val="32F47928"/>
+    <w:rsid w:val="33532171"/>
+    <w:rsid w:val="33B467F5"/>
+    <w:rsid w:val="33B51F64"/>
+    <w:rsid w:val="34785525"/>
+    <w:rsid w:val="34FB44F3"/>
+    <w:rsid w:val="36142D48"/>
+    <w:rsid w:val="367E19B7"/>
+    <w:rsid w:val="37736308"/>
+    <w:rsid w:val="379351A4"/>
+    <w:rsid w:val="385F7958"/>
+    <w:rsid w:val="38C2712E"/>
+    <w:rsid w:val="3A3008D0"/>
+    <w:rsid w:val="3A5B2B4D"/>
+    <w:rsid w:val="3A852B7B"/>
+    <w:rsid w:val="3AB326ED"/>
+    <w:rsid w:val="3BFD4725"/>
+    <w:rsid w:val="3D0C422B"/>
+    <w:rsid w:val="3D8E3A72"/>
+    <w:rsid w:val="3DE74F30"/>
+    <w:rsid w:val="3E3A0475"/>
+    <w:rsid w:val="3E704F26"/>
+    <w:rsid w:val="3E8C68AA"/>
+    <w:rsid w:val="3ED30323"/>
+    <w:rsid w:val="3FCA1BB5"/>
+    <w:rsid w:val="40540C2A"/>
+    <w:rsid w:val="40757A4F"/>
+    <w:rsid w:val="40BA267F"/>
+    <w:rsid w:val="40FC0C2D"/>
+    <w:rsid w:val="410A7F42"/>
+    <w:rsid w:val="412B5440"/>
+    <w:rsid w:val="41FE7D35"/>
+    <w:rsid w:val="43C37C88"/>
+    <w:rsid w:val="443A6796"/>
+    <w:rsid w:val="448D4A83"/>
+    <w:rsid w:val="48852288"/>
+    <w:rsid w:val="48BC6A11"/>
+    <w:rsid w:val="48D0404F"/>
+    <w:rsid w:val="49433FBF"/>
+    <w:rsid w:val="4A952C90"/>
+    <w:rsid w:val="4B233832"/>
+    <w:rsid w:val="4B7E5E68"/>
+    <w:rsid w:val="4B982295"/>
+    <w:rsid w:val="4C0A12CF"/>
+    <w:rsid w:val="4CDC3F20"/>
+    <w:rsid w:val="4CED7344"/>
+    <w:rsid w:val="4D8F1F40"/>
+    <w:rsid w:val="4E5C5948"/>
+    <w:rsid w:val="4E79115D"/>
+    <w:rsid w:val="4E8770E5"/>
+    <w:rsid w:val="4EBF56D2"/>
+    <w:rsid w:val="4EE3108F"/>
+    <w:rsid w:val="4F26376B"/>
+    <w:rsid w:val="506A2AFE"/>
+    <w:rsid w:val="506F14E1"/>
+    <w:rsid w:val="50E26A05"/>
+    <w:rsid w:val="51545BD9"/>
+    <w:rsid w:val="517470F7"/>
+    <w:rsid w:val="51FD5492"/>
+    <w:rsid w:val="536929AC"/>
+    <w:rsid w:val="536D0645"/>
+    <w:rsid w:val="537539FA"/>
+    <w:rsid w:val="53ED01C1"/>
+    <w:rsid w:val="541A67A5"/>
+    <w:rsid w:val="54311BAF"/>
+    <w:rsid w:val="545A24A8"/>
+    <w:rsid w:val="55FF0EA5"/>
+    <w:rsid w:val="560C4938"/>
+    <w:rsid w:val="56EF2533"/>
+    <w:rsid w:val="574F3B38"/>
+    <w:rsid w:val="576E6D51"/>
+    <w:rsid w:val="58055D78"/>
+    <w:rsid w:val="58CE79BF"/>
+    <w:rsid w:val="597162CE"/>
+    <w:rsid w:val="598848F9"/>
+    <w:rsid w:val="59981AA8"/>
+    <w:rsid w:val="5A451CAB"/>
+    <w:rsid w:val="5BF07ACE"/>
+    <w:rsid w:val="5BF92F80"/>
+    <w:rsid w:val="5C552ABB"/>
+    <w:rsid w:val="5D1041BB"/>
+    <w:rsid w:val="5E1C33F4"/>
+    <w:rsid w:val="5E9E7B40"/>
+    <w:rsid w:val="5F335294"/>
+    <w:rsid w:val="5F3F3E77"/>
+    <w:rsid w:val="614C3A12"/>
+    <w:rsid w:val="61721070"/>
+    <w:rsid w:val="61D04B09"/>
+    <w:rsid w:val="628232F6"/>
+    <w:rsid w:val="63F6668D"/>
+    <w:rsid w:val="641B7D10"/>
+    <w:rsid w:val="646A444D"/>
+    <w:rsid w:val="65247770"/>
+    <w:rsid w:val="65DF7832"/>
+    <w:rsid w:val="66995ABF"/>
+    <w:rsid w:val="67C93D3B"/>
+    <w:rsid w:val="685F0B4B"/>
+    <w:rsid w:val="69A84119"/>
+    <w:rsid w:val="6A8B30C1"/>
+    <w:rsid w:val="6A9774F1"/>
+    <w:rsid w:val="6B09196C"/>
+    <w:rsid w:val="6B1B40E9"/>
+    <w:rsid w:val="6C5C22D4"/>
+    <w:rsid w:val="6C6F3455"/>
+    <w:rsid w:val="6D4D56E3"/>
+    <w:rsid w:val="6E083615"/>
+    <w:rsid w:val="6E384164"/>
+    <w:rsid w:val="6E4453CE"/>
+    <w:rsid w:val="6E6A0FAD"/>
+    <w:rsid w:val="6EA14A8D"/>
+    <w:rsid w:val="6EBE7C4D"/>
+    <w:rsid w:val="70D71B1B"/>
+    <w:rsid w:val="714D1194"/>
+    <w:rsid w:val="72B82BE4"/>
+    <w:rsid w:val="731E6184"/>
+    <w:rsid w:val="7507318D"/>
+    <w:rsid w:val="752836C2"/>
+    <w:rsid w:val="75327FD9"/>
+    <w:rsid w:val="760408C4"/>
+    <w:rsid w:val="760C2A3B"/>
+    <w:rsid w:val="76124944"/>
+    <w:rsid w:val="762C1BC5"/>
+    <w:rsid w:val="76454EA8"/>
+    <w:rsid w:val="765D4A31"/>
+    <w:rsid w:val="7719700C"/>
+    <w:rsid w:val="7730731A"/>
+    <w:rsid w:val="77CD798A"/>
+    <w:rsid w:val="77DE0738"/>
+    <w:rsid w:val="7A88687F"/>
+    <w:rsid w:val="7ADB624A"/>
+    <w:rsid w:val="7C1F1A9E"/>
+    <w:rsid w:val="7D3957CF"/>
+    <w:rsid w:val="7E0F44BF"/>
+    <w:rsid w:val="7E6933BA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="zh-CN" w:eastAsia="zh-CN" w:bidi="zh-CN"/>
+  <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026" fillcolor="white">
+      <v:fill color="white"/>
+    </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...114 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Hyperlink" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="annotation subject" w:qFormat="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59" w:qFormat="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="006F0E61"/>
+    <w:rsid w:val="00EA7EBD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:kern w:val="2"/>
+      <w:kern w:val="1"/>
       <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EA7EBD"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="a"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EA7EBD"/>
+    <w:pPr>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="2"/>
+    <w:next w:val="a"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EA7EBD"/>
+    <w:pPr>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="006F0E61"/>
+    <w:rsid w:val="00EA7EBD"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="006F0E61"/>
+    <w:rsid w:val="00EA7EBD"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EA7EBD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="30">
+    <w:name w:val="Body Text Indent 3"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EA7EBD"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens/>
+      <w:ind w:firstLine="567"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="4"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00EA7EBD"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="a7"/>
+    <w:next w:val="a7"/>
+    <w:link w:val="aa"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="006F0E61"/>
-[...16 lines deleted...]
-    <w:rsid w:val="006F0E61"/>
+    <w:rsid w:val="00EA7EBD"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
-    </w:rPr>
-[...53 lines deleted...]
-      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="ab">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:qFormat/>
-    <w:rsid w:val="006F0E61"/>
-[...3 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00EA7EBD"/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
-    <w:name w:val="Заголовок 11"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Пункт Положения"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EA7EBD"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="1247"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Calibri"/>
+      <w:sz w:val="30"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="-">
+    <w:name w:val="Интернет-ссылка"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EA7EBD"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Обычная таблица1"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00EA7EBD"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EA7EBD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Текст примечания Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00EA7EBD"/>
+    <w:rPr>
+      <w:kern w:val="1"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Тема примечания Знак"/>
+    <w:basedOn w:val="a8"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EA7EBD"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="1"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Hyperlink" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="annotation subject" w:qFormat="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59" w:qFormat="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EA7EBD"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="1"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:qFormat/>
-    <w:rsid w:val="006F0E61"/>
+    <w:rsid w:val="00EA7EBD"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
-[...1 lines deleted...]
-    <w:basedOn w:val="11"/>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="1"/>
     <w:next w:val="a"/>
     <w:qFormat/>
-    <w:rsid w:val="006F0E61"/>
+    <w:rsid w:val="00EA7EBD"/>
     <w:pPr>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="31">
-[...1 lines deleted...]
-    <w:basedOn w:val="21"/>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="2"/>
     <w:next w:val="a"/>
     <w:qFormat/>
-    <w:rsid w:val="006F0E61"/>
+    <w:rsid w:val="00EA7EBD"/>
     <w:pPr>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="-">
-    <w:name w:val="Интернет-ссылка"/>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="annotation reference"/>
     <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="006F0E61"/>
-[...20 lines deleted...]
-    <w:rsid w:val="006F0E61"/>
+    <w:rsid w:val="00EA7EBD"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
-    <w:name w:val="Текст примечания Знак"/>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="006F0E61"/>
+    <w:rsid w:val="00EA7EBD"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
-[...1 lines deleted...]
-    <w:basedOn w:val="ad"/>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="006F0E61"/>
+    <w:rsid w:val="00EA7EBD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="30">
+    <w:name w:val="Body Text Indent 3"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EA7EBD"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens/>
+      <w:ind w:firstLine="567"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00EA7EBD"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="a7"/>
+    <w:next w:val="a7"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EA7EBD"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="2">
-[...1 lines deleted...]
-    <w:basedOn w:val="a0"/>
+  <w:style w:type="table" w:styleId="ab">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
     <w:qFormat/>
-    <w:rsid w:val="006F0E61"/>
-[...6 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00EA7EBD"/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="20">
-[...125 lines deleted...]
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af0">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ac">
     <w:name w:val="Пункт Положения"/>
     <w:basedOn w:val="a"/>
     <w:qFormat/>
-    <w:rsid w:val="006F0E61"/>
+    <w:rsid w:val="00EA7EBD"/>
     <w:pPr>
       <w:widowControl/>
       <w:tabs>
         <w:tab w:val="left" w:pos="1247"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="30"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af1">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="-">
+    <w:name w:val="Интернет-ссылка"/>
     <w:qFormat/>
-    <w:rsid w:val="006F0E61"/>
-[...6 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00EA7EBD"/>
     <w:rPr>
-      <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-      <w:sz w:val="30"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNonformat">
-[...251 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="1b">
+  <w:style w:type="table" w:customStyle="1" w:styleId="10">
     <w:name w:val="Обычная таблица1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="006F0E61"/>
+    <w:rsid w:val="00EA7EBD"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="4">
-    <w:name w:val="Текст примечания Знак4"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="006F0E61"/>
+    <w:rsid w:val="00EA7EBD"/>
     <w:rPr>
-      <w:kern w:val="2"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="3">
-[...2 lines deleted...]
-    <w:link w:val="a6"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Текст примечания Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00EA7EBD"/>
+    <w:rPr>
+      <w:kern w:val="1"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Тема примечания Знак"/>
+    <w:basedOn w:val="a8"/>
+    <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="006F0E61"/>
+    <w:rsid w:val="00EA7EBD"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
-      <w:kern w:val="2"/>
+      <w:kern w:val="1"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-[...28 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:msi@raschet.by" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
-[...1 lines deleted...]
-        <a:cs typeface=""/>
+        <a:latin typeface="Arial"/>
+        <a:ea typeface="SimSun"/>
+        <a:cs typeface="Arial"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Times New Roman"/>
         <a:ea typeface="SimSun"/>
         <a:cs typeface="Times New Roman"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
@@ -5532,82 +6740,97 @@
       </a:spPr>
       <a:bodyPr spcFirstLastPara="1" vertOverflow="clip" horzOverflow="clip" upright="1">
         <a:noAutofit/>
       </a:bodyPr>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </a:style>
     </a:spDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2601D18E-B700-4483-8F3D-CEDDB66B4559}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>670</Words>
-  <Characters>3819</Characters>
+  <Words>514</Words>
+  <Characters>2934</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>24</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Grizli777</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4481</CharactersWithSpaces>
+  <CharactersWithSpaces>3442</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Игнатович Ирина Ромуальдовна</dc:creator>
+  <dc:creator>a.titova</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
-    <vt:lpwstr>1049-12.2.0.13359</vt:lpwstr>
+    <vt:lpwstr>1049-12.2.0.22549</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
-    <vt:lpwstr>8B091AE57C87477FA8F36F7487B3EC89</vt:lpwstr>
+    <vt:lpwstr>54F3A354D8E84C34ABEF5C97305F65E2_13</vt:lpwstr>
   </property>
 </Properties>
 </file>