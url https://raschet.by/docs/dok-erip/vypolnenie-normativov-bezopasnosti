--- v0 (2025-10-08)
+++ v1 (2025-10-28)
@@ -58,1144 +58,1211 @@
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>КФО</w:t>
       </w:r>
       <w:r w:rsidR="00C9679A" w:rsidRPr="00002909">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> «ЕРИП» нормативов безопасного функционирования, установленных Национальным банком Республики Беларусь</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E53443" w:rsidRPr="00002909" w:rsidRDefault="00E53443">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="37"/>
         <w:ind w:left="674" w:firstLine="427"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="12271" w:type="dxa"/>
+        <w:tblW w:w="13245" w:type="dxa"/>
         <w:tblInd w:w="287" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
           <w:insideH w:val="single" w:sz="2" w:space="0" w:color="000001"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="55" w:type="dxa"/>
           <w:left w:w="-2" w:type="dxa"/>
           <w:bottom w:w="55" w:type="dxa"/>
           <w:right w:w="55" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2277"/>
         <w:gridCol w:w="2186"/>
         <w:gridCol w:w="979"/>
         <w:gridCol w:w="979"/>
         <w:gridCol w:w="979"/>
         <w:gridCol w:w="980"/>
         <w:gridCol w:w="969"/>
         <w:gridCol w:w="974"/>
         <w:gridCol w:w="974"/>
         <w:gridCol w:w="974"/>
+        <w:gridCol w:w="974"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0043584E" w:rsidRPr="00002909" w:rsidTr="0043584E">
+      <w:tr w:rsidR="00EB4F7C" w:rsidRPr="00002909" w:rsidTr="00A242DF">
         <w:trPr>
           <w:trHeight w:val="1015"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2277" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="-2" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00120231" w:rsidRPr="00002909" w:rsidRDefault="00120231" w:rsidP="00735227">
+          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00002909" w:rsidRDefault="00EB4F7C" w:rsidP="00735227">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00002909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Наименование норматива</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2186" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="-2" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00120231" w:rsidRPr="00002909" w:rsidRDefault="00120231" w:rsidP="00735227">
-[...13 lines deleted...]
-            <w:gridSpan w:val="7"/>
+          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00002909" w:rsidRDefault="00EB4F7C" w:rsidP="00735227">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8782" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00120231" w:rsidRDefault="00120231" w:rsidP="004B5693">
+          <w:p w:rsidR="00EB4F7C" w:rsidRDefault="00EB4F7C" w:rsidP="004B5693">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5879"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00120231" w:rsidRPr="00C34132" w:rsidRDefault="00120231" w:rsidP="00735227">
+          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00C34132" w:rsidRDefault="00EB4F7C" w:rsidP="00735227">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB09F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>2025</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00120231" w:rsidRDefault="00120231" w:rsidP="00735227">
+          <w:p w:rsidR="00EB4F7C" w:rsidRDefault="00EB4F7C" w:rsidP="00735227">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00120231" w:rsidRPr="00002909" w:rsidRDefault="00120231"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="0043584E" w:rsidRPr="00002909" w:rsidRDefault="0043584E"/>
+          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00002909" w:rsidRDefault="00EB4F7C"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0016310F" w:rsidRPr="00002909" w:rsidTr="0043584E">
+      <w:tr w:rsidR="00EB4F7C" w:rsidRPr="00002909" w:rsidTr="00EB4F7C">
         <w:trPr>
           <w:trHeight w:val="732"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2277" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="-2" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="0016310F" w:rsidRPr="00002909" w:rsidRDefault="0016310F" w:rsidP="0016310F">
+          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00002909" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2186" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="-2" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="0016310F" w:rsidRPr="00002909" w:rsidRDefault="0016310F" w:rsidP="0016310F">
+          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00002909" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="979" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0016310F" w:rsidRPr="00002909" w:rsidRDefault="0016310F" w:rsidP="0016310F">
+          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00002909" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>01.02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="979" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0016310F" w:rsidRPr="00002909" w:rsidRDefault="0016310F" w:rsidP="0016310F">
+          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00002909" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>01.0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="979" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0016310F" w:rsidRPr="001C7F81" w:rsidRDefault="0016310F" w:rsidP="0016310F">
+          <w:p w:rsidR="00EB4F7C" w:rsidRPr="001C7F81" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>01.04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0016310F" w:rsidRPr="00D56452" w:rsidRDefault="0016310F" w:rsidP="0016310F">
+          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00D56452" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>01.0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0016310F" w:rsidRPr="00D56452" w:rsidRDefault="0016310F" w:rsidP="0016310F">
+          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00D56452" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>01.06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0016310F" w:rsidRPr="00D56452" w:rsidRDefault="0016310F" w:rsidP="0016310F">
+          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00D56452" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>01.07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0016310F" w:rsidRPr="00D56452" w:rsidRDefault="0016310F" w:rsidP="0016310F">
+          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00D56452" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>01.08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0016310F" w:rsidRPr="00D56452" w:rsidRDefault="0016310F" w:rsidP="0016310F">
+          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00D56452" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>01.09</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-        <w:bookmarkEnd w:id="1"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="974" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00D56452" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:ind w:right="-18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>01.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0016310F" w:rsidRPr="00002909" w:rsidTr="0043584E">
+      <w:tr w:rsidR="00EB4F7C" w:rsidRPr="00002909" w:rsidTr="00EB4F7C">
         <w:trPr>
           <w:trHeight w:val="617"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2277" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="-2" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="0016310F" w:rsidRPr="00002909" w:rsidRDefault="0016310F" w:rsidP="0016310F">
+          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00002909" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="112"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:highlight w:val="white"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00002909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:highlight w:val="white"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Минимальный размер нормативного капитала</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0016310F" w:rsidRPr="00002909" w:rsidRDefault="0016310F" w:rsidP="0016310F">
+          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00002909" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="112"/>
               <w:ind w:left="103"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00002909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:highlight w:val="white"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>(млн. руб.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2186" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="-2" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0016310F" w:rsidRPr="00002909" w:rsidRDefault="0016310F" w:rsidP="0016310F">
+          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00002909" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00002909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Размер нормативного капитала </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="979" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0016310F" w:rsidRPr="005678D2" w:rsidRDefault="0016310F" w:rsidP="0016310F">
+          <w:p w:rsidR="00EB4F7C" w:rsidRPr="005678D2" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>86,73</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="979" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0016310F" w:rsidRPr="005678D2" w:rsidRDefault="0016310F" w:rsidP="0016310F">
+          <w:p w:rsidR="00EB4F7C" w:rsidRPr="005678D2" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>89,18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="979" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0016310F" w:rsidRDefault="0016310F" w:rsidP="0016310F">
+          <w:p w:rsidR="00EB4F7C" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>86,46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0016310F" w:rsidRDefault="0016310F" w:rsidP="0016310F">
+          <w:p w:rsidR="00EB4F7C" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>87</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0016310F" w:rsidRPr="00F67BC4" w:rsidRDefault="0016310F" w:rsidP="0016310F">
+          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00F67BC4" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>90,78</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0016310F" w:rsidRPr="00F67BC4" w:rsidRDefault="0016310F" w:rsidP="0016310F">
+          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00F67BC4" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>93,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0016310F" w:rsidRPr="00F67BC4" w:rsidRDefault="0016310F" w:rsidP="0016310F">
+          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00F67BC4" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>95,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0016310F" w:rsidRPr="00F67BC4" w:rsidRDefault="0016310F" w:rsidP="0016310F">
-[...12 lines deleted...]
-              <w:t>98</w:t>
+          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00F67BC4" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:ind w:right="-18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>98,24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="974" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00F67BC4" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:ind w:right="-18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>101</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>24</w:t>
-            </w:r>
+              <w:t>0</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0016310F" w:rsidRPr="00002909" w:rsidTr="0043584E">
+      <w:tr w:rsidR="00EB4F7C" w:rsidRPr="00002909" w:rsidTr="00EB4F7C">
         <w:trPr>
           <w:trHeight w:val="617"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2277" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="-2" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="0016310F" w:rsidRPr="00002909" w:rsidRDefault="0016310F" w:rsidP="0016310F">
+          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00002909" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="112"/>
               <w:ind w:left="103"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:highlight w:val="white"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2186" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="-2" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0016310F" w:rsidRPr="00002909" w:rsidRDefault="0016310F" w:rsidP="0016310F">
+          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00002909" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00002909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Норматив,</w:t>
             </w:r>
             <w:r w:rsidRPr="00002909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00002909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>установленный НБ РБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="979" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0016310F" w:rsidRPr="00002909" w:rsidRDefault="0016310F" w:rsidP="0016310F">
+          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00002909" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>15,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="979" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0016310F" w:rsidRPr="00002909" w:rsidRDefault="0016310F" w:rsidP="0016310F">
+          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00002909" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>15,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="979" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0016310F" w:rsidRDefault="0016310F" w:rsidP="0016310F">
+          <w:p w:rsidR="00EB4F7C" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>15,0</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0016310F" w:rsidRDefault="0016310F" w:rsidP="0016310F">
+          <w:p w:rsidR="00EB4F7C" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0016310F" w:rsidRDefault="0016310F" w:rsidP="0016310F">
+          <w:p w:rsidR="00EB4F7C" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>15,0</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0016310F" w:rsidRDefault="0016310F" w:rsidP="0016310F">
+          <w:p w:rsidR="00EB4F7C" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0016310F" w:rsidRPr="00F67BC4" w:rsidRDefault="0016310F" w:rsidP="0016310F">
+          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00F67BC4" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>15,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0016310F" w:rsidRPr="00F67BC4" w:rsidRDefault="0016310F" w:rsidP="0016310F">
+          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00F67BC4" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>15,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0016310F" w:rsidRPr="00F67BC4" w:rsidRDefault="0016310F" w:rsidP="0016310F">
+          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00F67BC4" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>15,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0016310F" w:rsidRPr="00F67BC4" w:rsidRDefault="0016310F" w:rsidP="0016310F">
+          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00F67BC4" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:ind w:right="-18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>15,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="974" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00F67BC4" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>15,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00E53443" w:rsidRPr="007A2C3B" w:rsidRDefault="00E53443">
       <w:pPr>
         <w:pStyle w:val="TableParagraph"/>
         <w:spacing w:before="2" w:after="1"/>
         <w:ind w:left="103"/>
         <w:jc w:val="left"/>
         <w:rPr>
@@ -1430,91 +1497,92 @@
     <w:rsid w:val="00BD51F0"/>
     <w:rsid w:val="00BF47AE"/>
     <w:rsid w:val="00C136F6"/>
     <w:rsid w:val="00C24BEE"/>
     <w:rsid w:val="00C34132"/>
     <w:rsid w:val="00C82393"/>
     <w:rsid w:val="00C954FC"/>
     <w:rsid w:val="00C9679A"/>
     <w:rsid w:val="00CC0F1C"/>
     <w:rsid w:val="00CE2BA0"/>
     <w:rsid w:val="00D012F5"/>
     <w:rsid w:val="00D448DE"/>
     <w:rsid w:val="00D5288B"/>
     <w:rsid w:val="00D56452"/>
     <w:rsid w:val="00D7375A"/>
     <w:rsid w:val="00D91A40"/>
     <w:rsid w:val="00DB76A0"/>
     <w:rsid w:val="00DD52B0"/>
     <w:rsid w:val="00DF19FA"/>
     <w:rsid w:val="00DF1D4A"/>
     <w:rsid w:val="00DF7195"/>
     <w:rsid w:val="00E2556D"/>
     <w:rsid w:val="00E46BF0"/>
     <w:rsid w:val="00E53443"/>
     <w:rsid w:val="00E730E6"/>
+    <w:rsid w:val="00EB4F7C"/>
     <w:rsid w:val="00EC7948"/>
     <w:rsid w:val="00ED38BA"/>
     <w:rsid w:val="00ED7128"/>
     <w:rsid w:val="00EF091A"/>
     <w:rsid w:val="00F10D6C"/>
     <w:rsid w:val="00F51B78"/>
     <w:rsid w:val="00F5765A"/>
     <w:rsid w:val="00F638D6"/>
     <w:rsid w:val="00F63E55"/>
     <w:rsid w:val="00F67BC4"/>
     <w:rsid w:val="00F72F4A"/>
     <w:rsid w:val="00F91C95"/>
     <w:rsid w:val="00FB3F18"/>
     <w:rsid w:val="00FB659D"/>
     <w:rsid w:val="00FF5188"/>
     <w:rsid w:val="00FF6E83"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1A57B882"/>
+  <w14:docId w14:val="7EF618D1"/>
   <w15:docId w15:val="{BFEEE608-1031-40CB-B6F0-8E54451C2D88}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2339,87 +2407,87 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6CD834DF-D5FF-4160-8F05-D063E449C7C2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F1190850-C58A-4591-B234-9C0337362752}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>64</Words>
-  <Characters>370</Characters>
+  <Words>67</Words>
+  <Characters>383</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>433</CharactersWithSpaces>
+  <CharactersWithSpaces>449</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Кравчук Виктория Васильевна</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>ru-RU</dc:language>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="AppVersion">
     <vt:lpwstr>14.0000</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Company">
     <vt:lpwstr>Microsoft</vt:lpwstr>