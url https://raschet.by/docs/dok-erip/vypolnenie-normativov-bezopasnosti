--- v1 (2025-10-28)
+++ v2 (2025-11-18)
@@ -58,1211 +58,1295 @@
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>КФО</w:t>
       </w:r>
       <w:r w:rsidR="00C9679A" w:rsidRPr="00002909">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> «ЕРИП» нормативов безопасного функционирования, установленных Национальным банком Республики Беларусь</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E53443" w:rsidRPr="00002909" w:rsidRDefault="00E53443">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="37"/>
         <w:ind w:left="674" w:firstLine="427"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="13245" w:type="dxa"/>
+        <w:tblW w:w="14221" w:type="dxa"/>
         <w:tblInd w:w="287" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
           <w:insideH w:val="single" w:sz="2" w:space="0" w:color="000001"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="55" w:type="dxa"/>
           <w:left w:w="-2" w:type="dxa"/>
           <w:bottom w:w="55" w:type="dxa"/>
           <w:right w:w="55" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2277"/>
         <w:gridCol w:w="2186"/>
         <w:gridCol w:w="979"/>
         <w:gridCol w:w="979"/>
         <w:gridCol w:w="979"/>
         <w:gridCol w:w="980"/>
         <w:gridCol w:w="969"/>
         <w:gridCol w:w="974"/>
         <w:gridCol w:w="974"/>
         <w:gridCol w:w="974"/>
         <w:gridCol w:w="974"/>
+        <w:gridCol w:w="976"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EB4F7C" w:rsidRPr="00002909" w:rsidTr="00A242DF">
+      <w:tr w:rsidR="00FD03C1" w:rsidRPr="00002909" w:rsidTr="001D2EE5">
         <w:trPr>
           <w:trHeight w:val="1015"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2277" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="-2" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00002909" w:rsidRDefault="00EB4F7C" w:rsidP="00735227">
+          <w:p w:rsidR="00FD03C1" w:rsidRPr="00002909" w:rsidRDefault="00FD03C1" w:rsidP="00735227">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00002909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Наименование норматива</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2186" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="-2" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00002909" w:rsidRDefault="00EB4F7C" w:rsidP="00735227">
-[...13 lines deleted...]
-            <w:gridSpan w:val="9"/>
+          <w:p w:rsidR="00FD03C1" w:rsidRPr="00002909" w:rsidRDefault="00FD03C1" w:rsidP="00735227">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9758" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB4F7C" w:rsidRDefault="00EB4F7C" w:rsidP="004B5693">
+          <w:p w:rsidR="00FD03C1" w:rsidRDefault="00FD03C1" w:rsidP="00FD03C1">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5879"/>
               </w:tabs>
+              <w:ind w:right="-976"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00C34132" w:rsidRDefault="00EB4F7C" w:rsidP="00735227">
+            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="1"/>
+          </w:p>
+          <w:p w:rsidR="00FD03C1" w:rsidRPr="00C34132" w:rsidRDefault="00FD03C1" w:rsidP="00735227">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB09F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>2025</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EB4F7C" w:rsidRDefault="00EB4F7C" w:rsidP="00735227">
+          <w:p w:rsidR="00FD03C1" w:rsidRDefault="00FD03C1" w:rsidP="00735227">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00002909" w:rsidRDefault="00EB4F7C"/>
+          <w:p w:rsidR="00FD03C1" w:rsidRPr="00002909" w:rsidRDefault="00FD03C1"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB4F7C" w:rsidRPr="00002909" w:rsidTr="00EB4F7C">
+      <w:tr w:rsidR="00FD03C1" w:rsidRPr="00002909" w:rsidTr="00FD03C1">
         <w:trPr>
           <w:trHeight w:val="732"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2277" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="-2" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00002909" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
+          <w:p w:rsidR="00FD03C1" w:rsidRPr="00002909" w:rsidRDefault="00FD03C1" w:rsidP="00FD03C1">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2186" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="-2" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00002909" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
+          <w:p w:rsidR="00FD03C1" w:rsidRPr="00002909" w:rsidRDefault="00FD03C1" w:rsidP="00FD03C1">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="979" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00002909" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
+          <w:p w:rsidR="00FD03C1" w:rsidRPr="00002909" w:rsidRDefault="00FD03C1" w:rsidP="00FD03C1">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>01.02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="979" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00002909" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
+          <w:p w:rsidR="00FD03C1" w:rsidRPr="00002909" w:rsidRDefault="00FD03C1" w:rsidP="00FD03C1">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>01.0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="979" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB4F7C" w:rsidRPr="001C7F81" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
+          <w:p w:rsidR="00FD03C1" w:rsidRPr="001C7F81" w:rsidRDefault="00FD03C1" w:rsidP="00FD03C1">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>01.04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00D56452" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
+          <w:p w:rsidR="00FD03C1" w:rsidRPr="00D56452" w:rsidRDefault="00FD03C1" w:rsidP="00FD03C1">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>01.0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00D56452" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
+          <w:p w:rsidR="00FD03C1" w:rsidRPr="00D56452" w:rsidRDefault="00FD03C1" w:rsidP="00FD03C1">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>01.06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00D56452" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
+          <w:p w:rsidR="00FD03C1" w:rsidRPr="00D56452" w:rsidRDefault="00FD03C1" w:rsidP="00FD03C1">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>01.07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00D56452" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
+          <w:p w:rsidR="00FD03C1" w:rsidRPr="00D56452" w:rsidRDefault="00FD03C1" w:rsidP="00FD03C1">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>01.08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00D56452" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
+          <w:p w:rsidR="00FD03C1" w:rsidRPr="00D56452" w:rsidRDefault="00FD03C1" w:rsidP="00FD03C1">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>01.09</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00D56452" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00FD03C1" w:rsidRPr="00D56452" w:rsidRDefault="00FD03C1" w:rsidP="00FD03C1">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:ind w:right="-18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>01.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00FD03C1" w:rsidRPr="00FD03C1" w:rsidRDefault="00FD03C1" w:rsidP="00FD03C1">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:ind w:right="-18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>01.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-              <w:t>10</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB4F7C" w:rsidRPr="00002909" w:rsidTr="00EB4F7C">
+      <w:tr w:rsidR="00FD03C1" w:rsidRPr="00002909" w:rsidTr="00FD03C1">
         <w:trPr>
           <w:trHeight w:val="617"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2277" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="-2" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00002909" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
+          <w:p w:rsidR="00FD03C1" w:rsidRPr="00002909" w:rsidRDefault="00FD03C1" w:rsidP="00FD03C1">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="112"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:highlight w:val="white"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00002909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:highlight w:val="white"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Минимальный размер нормативного капитала</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00002909" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
+          <w:p w:rsidR="00FD03C1" w:rsidRPr="00002909" w:rsidRDefault="00FD03C1" w:rsidP="00FD03C1">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="112"/>
               <w:ind w:left="103"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00002909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:highlight w:val="white"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>(млн. руб.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2186" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="-2" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00002909" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
+          <w:p w:rsidR="00FD03C1" w:rsidRPr="00002909" w:rsidRDefault="00FD03C1" w:rsidP="00FD03C1">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00002909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Размер нормативного капитала </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="979" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB4F7C" w:rsidRPr="005678D2" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
+          <w:p w:rsidR="00FD03C1" w:rsidRPr="005678D2" w:rsidRDefault="00FD03C1" w:rsidP="00FD03C1">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>86,73</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="979" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB4F7C" w:rsidRPr="005678D2" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
+          <w:p w:rsidR="00FD03C1" w:rsidRPr="005678D2" w:rsidRDefault="00FD03C1" w:rsidP="00FD03C1">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>89,18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="979" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB4F7C" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
+          <w:p w:rsidR="00FD03C1" w:rsidRDefault="00FD03C1" w:rsidP="00FD03C1">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>86,46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB4F7C" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
+          <w:p w:rsidR="00FD03C1" w:rsidRDefault="00FD03C1" w:rsidP="00FD03C1">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>87</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00F67BC4" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
+          <w:p w:rsidR="00FD03C1" w:rsidRPr="00F67BC4" w:rsidRDefault="00FD03C1" w:rsidP="00FD03C1">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>90,78</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00F67BC4" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
+          <w:p w:rsidR="00FD03C1" w:rsidRPr="00F67BC4" w:rsidRDefault="00FD03C1" w:rsidP="00FD03C1">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>93,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00F67BC4" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
+          <w:p w:rsidR="00FD03C1" w:rsidRPr="00F67BC4" w:rsidRDefault="00FD03C1" w:rsidP="00FD03C1">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>95,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00F67BC4" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
+          <w:p w:rsidR="00FD03C1" w:rsidRPr="00F67BC4" w:rsidRDefault="00FD03C1" w:rsidP="00FD03C1">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>98,24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00F67BC4" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
-[...12 lines deleted...]
-              <w:t>101</w:t>
+          <w:p w:rsidR="00FD03C1" w:rsidRPr="00F67BC4" w:rsidRDefault="00FD03C1" w:rsidP="00FD03C1">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:ind w:right="-18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>101,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00FD03C1" w:rsidRPr="00F67BC4" w:rsidRDefault="00FD03C1" w:rsidP="00FD03C1">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:ind w:right="-18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:bookmarkEnd w:id="1"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB4F7C" w:rsidRPr="00002909" w:rsidTr="00EB4F7C">
+      <w:tr w:rsidR="00FD03C1" w:rsidRPr="00002909" w:rsidTr="00FD03C1">
         <w:trPr>
           <w:trHeight w:val="617"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2277" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="-2" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00002909" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
+          <w:p w:rsidR="00FD03C1" w:rsidRPr="00002909" w:rsidRDefault="00FD03C1" w:rsidP="00FD03C1">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="112"/>
               <w:ind w:left="103"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:highlight w:val="white"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2186" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="-2" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00002909" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
+          <w:p w:rsidR="00FD03C1" w:rsidRPr="00002909" w:rsidRDefault="00FD03C1" w:rsidP="00FD03C1">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00002909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Норматив,</w:t>
             </w:r>
             <w:r w:rsidRPr="00002909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00002909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>установленный НБ РБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="979" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00002909" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
+          <w:p w:rsidR="00FD03C1" w:rsidRPr="00002909" w:rsidRDefault="00FD03C1" w:rsidP="00FD03C1">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>15,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="979" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00002909" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
+          <w:p w:rsidR="00FD03C1" w:rsidRPr="00002909" w:rsidRDefault="00FD03C1" w:rsidP="00FD03C1">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>15,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="979" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB4F7C" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
+          <w:p w:rsidR="00FD03C1" w:rsidRDefault="00FD03C1" w:rsidP="00FD03C1">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>15,0</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EB4F7C" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
+          <w:p w:rsidR="00FD03C1" w:rsidRDefault="00FD03C1" w:rsidP="00FD03C1">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB4F7C" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
+          <w:p w:rsidR="00FD03C1" w:rsidRDefault="00FD03C1" w:rsidP="00FD03C1">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>15,0</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EB4F7C" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
+          <w:p w:rsidR="00FD03C1" w:rsidRDefault="00FD03C1" w:rsidP="00FD03C1">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00F67BC4" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
+          <w:p w:rsidR="00FD03C1" w:rsidRPr="00F67BC4" w:rsidRDefault="00FD03C1" w:rsidP="00FD03C1">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>15,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00F67BC4" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
+          <w:p w:rsidR="00FD03C1" w:rsidRPr="00F67BC4" w:rsidRDefault="00FD03C1" w:rsidP="00FD03C1">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>15,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00F67BC4" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
+          <w:p w:rsidR="00FD03C1" w:rsidRPr="00F67BC4" w:rsidRDefault="00FD03C1" w:rsidP="00FD03C1">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>15,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00F67BC4" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
+          <w:p w:rsidR="00FD03C1" w:rsidRPr="00F67BC4" w:rsidRDefault="00FD03C1" w:rsidP="00FD03C1">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>15,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EB4F7C" w:rsidRPr="00F67BC4" w:rsidRDefault="00EB4F7C" w:rsidP="00EB4F7C">
+          <w:p w:rsidR="00FD03C1" w:rsidRPr="00F67BC4" w:rsidRDefault="00FD03C1" w:rsidP="00FD03C1">
+            <w:pPr>
+              <w:pStyle w:val="a8"/>
+              <w:ind w:right="-18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>15,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00FD03C1" w:rsidRPr="00F67BC4" w:rsidRDefault="00FD03C1" w:rsidP="00FD03C1">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:ind w:right="-18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>15,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00E53443" w:rsidRPr="007A2C3B" w:rsidRDefault="00E53443">
       <w:pPr>
         <w:pStyle w:val="TableParagraph"/>
         <w:spacing w:before="2" w:after="1"/>
         <w:ind w:left="103"/>
         <w:jc w:val="left"/>
         <w:rPr>
@@ -1333,51 +1417,51 @@
     <w:charset w:val="01"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000004" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="121"/>
+  <w:zoom w:percent="101"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E53443"/>
     <w:rsid w:val="00002909"/>
     <w:rsid w:val="0004037F"/>
     <w:rsid w:val="00045D2D"/>
     <w:rsid w:val="000523EE"/>
     <w:rsid w:val="00055501"/>
     <w:rsid w:val="00056719"/>
     <w:rsid w:val="00060DFB"/>
     <w:rsid w:val="0006119B"/>
     <w:rsid w:val="000C59EF"/>
     <w:rsid w:val="000D0502"/>
     <w:rsid w:val="000F2E8C"/>
     <w:rsid w:val="000F5552"/>
     <w:rsid w:val="00101702"/>
@@ -1512,77 +1596,78 @@
     <w:rsid w:val="00D91A40"/>
     <w:rsid w:val="00DB76A0"/>
     <w:rsid w:val="00DD52B0"/>
     <w:rsid w:val="00DF19FA"/>
     <w:rsid w:val="00DF1D4A"/>
     <w:rsid w:val="00DF7195"/>
     <w:rsid w:val="00E2556D"/>
     <w:rsid w:val="00E46BF0"/>
     <w:rsid w:val="00E53443"/>
     <w:rsid w:val="00E730E6"/>
     <w:rsid w:val="00EB4F7C"/>
     <w:rsid w:val="00EC7948"/>
     <w:rsid w:val="00ED38BA"/>
     <w:rsid w:val="00ED7128"/>
     <w:rsid w:val="00EF091A"/>
     <w:rsid w:val="00F10D6C"/>
     <w:rsid w:val="00F51B78"/>
     <w:rsid w:val="00F5765A"/>
     <w:rsid w:val="00F638D6"/>
     <w:rsid w:val="00F63E55"/>
     <w:rsid w:val="00F67BC4"/>
     <w:rsid w:val="00F72F4A"/>
     <w:rsid w:val="00F91C95"/>
     <w:rsid w:val="00FB3F18"/>
     <w:rsid w:val="00FB659D"/>
+    <w:rsid w:val="00FD03C1"/>
     <w:rsid w:val="00FF5188"/>
     <w:rsid w:val="00FF6E83"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="7EF618D1"/>
+  <w14:docId w14:val="14982900"/>
   <w15:docId w15:val="{BFEEE608-1031-40CB-B6F0-8E54451C2D88}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2407,87 +2492,87 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F1190850-C58A-4591-B234-9C0337362752}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED46774B-C437-4F89-90B5-45242CC1FC1C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>67</Words>
-  <Characters>383</Characters>
+  <Words>69</Words>
+  <Characters>398</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>449</CharactersWithSpaces>
+  <CharactersWithSpaces>466</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Кравчук Виктория Васильевна</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>ru-RU</dc:language>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="AppVersion">
     <vt:lpwstr>14.0000</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Company">
     <vt:lpwstr>Microsoft</vt:lpwstr>