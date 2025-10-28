--- v0 (2025-10-08)
+++ v1 (2025-10-28)
@@ -87,51 +87,51 @@
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="15167" w:type="dxa"/>
         <w:tblInd w:w="287" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
           <w:insideH w:val="single" w:sz="2" w:space="0" w:color="000001"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="55" w:type="dxa"/>
           <w:left w:w="-2" w:type="dxa"/>
           <w:bottom w:w="55" w:type="dxa"/>
           <w:right w:w="55" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4819"/>
         <w:gridCol w:w="5245"/>
         <w:gridCol w:w="5103"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CB2DB2" w:rsidRPr="00232BE9" w:rsidTr="00562C34">
+      <w:tr w:rsidR="00CB2DB2" w:rsidRPr="007C6824" w:rsidTr="00562C34">
         <w:trPr>
           <w:trHeight w:val="735"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="-2" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00CB2DB2" w:rsidRPr="00562C34" w:rsidRDefault="00120366">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="113"/>
               <w:ind w:left="103"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
@@ -1416,50 +1416,217 @@
               <w:pStyle w:val="a9"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>419</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007C6824" w:rsidRPr="00B176BD" w:rsidTr="00232BE9">
+        <w:trPr>
+          <w:trHeight w:val="482"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="-2" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="007C6824" w:rsidRPr="00562C34" w:rsidRDefault="007C6824" w:rsidP="007C6824">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562C34">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на 01.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562C34">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00232BE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="-2" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="007C6824" w:rsidRPr="00592A48" w:rsidRDefault="007C6824" w:rsidP="007C6824">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>37</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="-2" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="007C6824" w:rsidRPr="00E60BA7" w:rsidRDefault="007C6824" w:rsidP="007C6824">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>37</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00CB2DB2" w:rsidRPr="00562C34" w:rsidRDefault="00CB2DB2">
       <w:pPr>
         <w:pStyle w:val="TableParagraph"/>
         <w:spacing w:before="2" w:after="1"/>
         <w:ind w:left="103"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00CB2DB2" w:rsidRPr="00562C34" w:rsidSect="00F14AEF">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="240" w:charSpace="-2049"/>
     </w:sectPr>
@@ -1585,50 +1752,51 @@
     <w:rsid w:val="004E4938"/>
     <w:rsid w:val="004E4F15"/>
     <w:rsid w:val="004E5487"/>
     <w:rsid w:val="004F33FB"/>
     <w:rsid w:val="00520BBF"/>
     <w:rsid w:val="00562C34"/>
     <w:rsid w:val="00592A48"/>
     <w:rsid w:val="00622456"/>
     <w:rsid w:val="00633D25"/>
     <w:rsid w:val="00644969"/>
     <w:rsid w:val="006507B8"/>
     <w:rsid w:val="00661FD3"/>
     <w:rsid w:val="00676166"/>
     <w:rsid w:val="00687167"/>
     <w:rsid w:val="00690594"/>
     <w:rsid w:val="006B15A7"/>
     <w:rsid w:val="006B1B64"/>
     <w:rsid w:val="006D3DED"/>
     <w:rsid w:val="006E1A72"/>
     <w:rsid w:val="006E5A61"/>
     <w:rsid w:val="006F6303"/>
     <w:rsid w:val="007220A4"/>
     <w:rsid w:val="007B2201"/>
     <w:rsid w:val="007C0A54"/>
     <w:rsid w:val="007C3346"/>
+    <w:rsid w:val="007C6824"/>
     <w:rsid w:val="0082220F"/>
     <w:rsid w:val="008605A7"/>
     <w:rsid w:val="0087581D"/>
     <w:rsid w:val="0088640F"/>
     <w:rsid w:val="008958BD"/>
     <w:rsid w:val="008C51B8"/>
     <w:rsid w:val="008C5432"/>
     <w:rsid w:val="008E59CA"/>
     <w:rsid w:val="008F1F28"/>
     <w:rsid w:val="008F66C2"/>
     <w:rsid w:val="009136B5"/>
     <w:rsid w:val="00917D5B"/>
     <w:rsid w:val="0094682E"/>
     <w:rsid w:val="00963438"/>
     <w:rsid w:val="00980CC8"/>
     <w:rsid w:val="00993D98"/>
     <w:rsid w:val="00A43A9B"/>
     <w:rsid w:val="00A46DC4"/>
     <w:rsid w:val="00A80D91"/>
     <w:rsid w:val="00AB54F8"/>
     <w:rsid w:val="00AD1A88"/>
     <w:rsid w:val="00AE288A"/>
     <w:rsid w:val="00AF0C2A"/>
     <w:rsid w:val="00B06FF9"/>
     <w:rsid w:val="00B176BD"/>
@@ -1688,51 +1856,51 @@
     <w:rsid w:val="00FE08B9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="413344DB"/>
+  <w14:docId w14:val="05E342DB"/>
   <w15:docId w15:val="{9CE8A154-65E9-4452-96B4-C37FE025BD33}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2556,75 +2724,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>71</Words>
-  <Characters>411</Characters>
+  <Words>75</Words>
+  <Characters>434</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ОАО НКФО ЕРИП</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>481</CharactersWithSpaces>
+  <CharactersWithSpaces>508</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>ru-RU</dc:language>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="AppVersion">
     <vt:lpwstr>14.0000</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Company">
     <vt:lpwstr>ОАО НКФО ЕРИП</vt:lpwstr>