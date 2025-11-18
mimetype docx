--- v1 (2025-10-28)
+++ v2 (2025-11-18)
@@ -87,51 +87,51 @@
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="15167" w:type="dxa"/>
         <w:tblInd w:w="287" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
           <w:insideH w:val="single" w:sz="2" w:space="0" w:color="000001"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="55" w:type="dxa"/>
           <w:left w:w="-2" w:type="dxa"/>
           <w:bottom w:w="55" w:type="dxa"/>
           <w:right w:w="55" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4819"/>
         <w:gridCol w:w="5245"/>
         <w:gridCol w:w="5103"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CB2DB2" w:rsidRPr="007C6824" w:rsidTr="00562C34">
+      <w:tr w:rsidR="00CB2DB2" w:rsidRPr="00AF271D" w:rsidTr="00562C34">
         <w:trPr>
           <w:trHeight w:val="735"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="-2" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00CB2DB2" w:rsidRPr="00562C34" w:rsidRDefault="00120366">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="113"/>
               <w:ind w:left="103"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
@@ -1512,121 +1512,240 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="-2" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="007C6824" w:rsidRPr="00592A48" w:rsidRDefault="007C6824" w:rsidP="007C6824">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...5 lines deleted...]
-              <w:t>37</w:t>
+              <w:t>437</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000001"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="-2" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="007C6824" w:rsidRPr="00E60BA7" w:rsidRDefault="007C6824" w:rsidP="007C6824">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...5 lines deleted...]
-              <w:t>37</w:t>
+              <w:t>437</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF271D" w:rsidRPr="00B176BD" w:rsidTr="00232BE9">
+        <w:trPr>
+          <w:trHeight w:val="482"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="-2" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AF271D" w:rsidRPr="00562C34" w:rsidRDefault="00AF271D" w:rsidP="00AF271D">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562C34">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на 01.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562C34">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00232BE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="-2" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AF271D" w:rsidRPr="00AF271D" w:rsidRDefault="00AF271D" w:rsidP="00AF271D">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>871,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000001"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="-2" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AF271D" w:rsidRPr="00E60BA7" w:rsidRDefault="00AF271D" w:rsidP="00AF271D">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>871,4</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00CB2DB2" w:rsidRPr="00562C34" w:rsidRDefault="00CB2DB2">
       <w:pPr>
         <w:pStyle w:val="TableParagraph"/>
         <w:spacing w:before="2" w:after="1"/>
         <w:ind w:left="103"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00CB2DB2" w:rsidRPr="00562C34" w:rsidSect="00F14AEF">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="240" w:charSpace="-2049"/>
     </w:sectPr>
@@ -1670,51 +1789,51 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="01"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="121"/>
+  <w:zoom w:percent="101"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CB2DB2"/>
     <w:rsid w:val="0001676A"/>
     <w:rsid w:val="00017C26"/>
     <w:rsid w:val="0003253F"/>
     <w:rsid w:val="000445E6"/>
     <w:rsid w:val="00056832"/>
     <w:rsid w:val="000659EB"/>
     <w:rsid w:val="00067E5D"/>
     <w:rsid w:val="000D1FD9"/>
     <w:rsid w:val="000E5DDB"/>
     <w:rsid w:val="000E60FD"/>
     <w:rsid w:val="000E62ED"/>
     <w:rsid w:val="000F203E"/>
     <w:rsid w:val="001169E6"/>
     <w:rsid w:val="00120366"/>
     <w:rsid w:val="00120398"/>
     <w:rsid w:val="00144337"/>
     <w:rsid w:val="00162D32"/>
@@ -1776,50 +1895,51 @@
     <w:rsid w:val="007C3346"/>
     <w:rsid w:val="007C6824"/>
     <w:rsid w:val="0082220F"/>
     <w:rsid w:val="008605A7"/>
     <w:rsid w:val="0087581D"/>
     <w:rsid w:val="0088640F"/>
     <w:rsid w:val="008958BD"/>
     <w:rsid w:val="008C51B8"/>
     <w:rsid w:val="008C5432"/>
     <w:rsid w:val="008E59CA"/>
     <w:rsid w:val="008F1F28"/>
     <w:rsid w:val="008F66C2"/>
     <w:rsid w:val="009136B5"/>
     <w:rsid w:val="00917D5B"/>
     <w:rsid w:val="0094682E"/>
     <w:rsid w:val="00963438"/>
     <w:rsid w:val="00980CC8"/>
     <w:rsid w:val="00993D98"/>
     <w:rsid w:val="00A43A9B"/>
     <w:rsid w:val="00A46DC4"/>
     <w:rsid w:val="00A80D91"/>
     <w:rsid w:val="00AB54F8"/>
     <w:rsid w:val="00AD1A88"/>
     <w:rsid w:val="00AE288A"/>
     <w:rsid w:val="00AF0C2A"/>
+    <w:rsid w:val="00AF271D"/>
     <w:rsid w:val="00B06FF9"/>
     <w:rsid w:val="00B176BD"/>
     <w:rsid w:val="00B176FA"/>
     <w:rsid w:val="00B20E5B"/>
     <w:rsid w:val="00B243C1"/>
     <w:rsid w:val="00B32AE6"/>
     <w:rsid w:val="00B41B26"/>
     <w:rsid w:val="00B51253"/>
     <w:rsid w:val="00B55186"/>
     <w:rsid w:val="00B871AB"/>
     <w:rsid w:val="00B974CB"/>
     <w:rsid w:val="00BA6783"/>
     <w:rsid w:val="00BB1150"/>
     <w:rsid w:val="00BC1A3B"/>
     <w:rsid w:val="00BD5972"/>
     <w:rsid w:val="00BE177E"/>
     <w:rsid w:val="00C125C0"/>
     <w:rsid w:val="00C4275B"/>
     <w:rsid w:val="00C95BDC"/>
     <w:rsid w:val="00CA1CBE"/>
     <w:rsid w:val="00CB2DB2"/>
     <w:rsid w:val="00D36BF4"/>
     <w:rsid w:val="00D403D4"/>
     <w:rsid w:val="00D44841"/>
     <w:rsid w:val="00D70457"/>
@@ -1856,51 +1976,51 @@
     <w:rsid w:val="00FE08B9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="05E342DB"/>
+  <w14:docId w14:val="47E06502"/>
   <w15:docId w15:val="{9CE8A154-65E9-4452-96B4-C37FE025BD33}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2724,75 +2844,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>75</Words>
-  <Characters>434</Characters>
+  <Words>80</Words>
+  <Characters>456</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ОАО НКФО ЕРИП</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>508</CharactersWithSpaces>
+  <CharactersWithSpaces>535</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>ru-RU</dc:language>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="AppVersion">
     <vt:lpwstr>14.0000</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Company">
     <vt:lpwstr>ОАО НКФО ЕРИП</vt:lpwstr>