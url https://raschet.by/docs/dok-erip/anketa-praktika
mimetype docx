--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,92 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p w:rsidR="00E7497D" w:rsidRDefault="00E7497D" w:rsidP="00E7497D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A74783">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1232535" cy="424180"/>
             <wp:effectExtent l="0" t="0" r="5715" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="ERIP_Logo-01"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Рисунок 1" descr="ERIP_Logo-01"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1232535" cy="424180"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
@@ -111,1545 +111,1396 @@
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Примерная форма анкеты </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10065" w:type="dxa"/>
         <w:tblInd w:w="-356" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10065"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E7497D" w:rsidTr="00FD6799">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10065" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00E7497D" w:rsidRDefault="00E7497D" w:rsidP="00FD6799">
             <w:pPr>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00E7497D" w:rsidRDefault="00E7497D" w:rsidP="00FD6799">
+          <w:p w:rsidR="00BA1F9A" w:rsidRPr="00E91D8C" w:rsidRDefault="00BA1F9A" w:rsidP="00BA1F9A">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Разъяснение прав субъекта персональных данных</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA1F9A" w:rsidRPr="00E91D8C" w:rsidRDefault="00BA1F9A" w:rsidP="00BA1F9A">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BA1F9A" w:rsidRPr="00E91D8C" w:rsidRDefault="00BA1F9A" w:rsidP="00BA1F9A">
             <w:pPr>
               <w:ind w:firstLine="709"/>
-              <w:jc w:val="center"/>
-[...50 lines deleted...]
-          <w:p w:rsidR="00E7497D" w:rsidRDefault="00E7497D" w:rsidP="00FD6799">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ОАО «НКФО «ЕРИП» в соответствии со статьей 5 Закона </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республики Беларусь </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>от 7 мая 2021 г. N 99-З</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «О защите персональных данных» (далее - Закон) разъясняет Вам права, связанные с обработкой Ваших персональных данных, механизм реализации таких прав, предусмотренных законодательством о персональных данных, а также последствия дачи согласия на обработку Ваших персональных данных или отказа в даче такого согласия. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>ОАО «НКФО «ЕРИП»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> является оператором обработки Ваших персональных данных, а Вы являетесь субъектом персональных данных, который имеет право:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA1F9A" w:rsidRPr="00E91D8C" w:rsidRDefault="00BA1F9A" w:rsidP="00BA1F9A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00E7497D" w:rsidRDefault="00E7497D" w:rsidP="00FD6799">
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>на отзыв в любое время согласия на обработку Ваших персональных данных без объяснения причин.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Это означает, что в пятнадцатидневный срок после получения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>ОАО «НКФО «ЕРИП»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Вашего заявления об отзыве согласия, мы больше не будем обрабатывать те персональные данные, с обработкой которых Вы изначально согласились, если отсутствуют иные основания для обработки Ваших персональных данных, предусмотренные Законом и иными актами законодательства; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA1F9A" w:rsidRPr="00E91D8C" w:rsidRDefault="00BA1F9A" w:rsidP="00BA1F9A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...8 lines deleted...]
-                <w:szCs w:val="26"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>на получение информации, касающейся обработки Ваших</w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>персональных данных. Это означает, что Вы можете бесплатно ознакомиться</w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="26"/>
+              <w:t>персональных данных.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Это означает, что Вы можете бесплатно ознакомиться</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>с наименованием и местом нахождения оператора, подтвердить факт обработки персональных данных оператором (уполномоченным лицом), узнать перечень персональных данных (с указанием источников их получения), правовые основания, цели обработки Ваших персональных данных, срок, на который Вами дано согласие на обработку персональных данных, наименование и место нахождения уполномоченного лица, если обработка персональных данных поручена такому лицу. При этом Вы не должны обосновывать свой интерес к запрашиваемой информации;</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00E7497D" w:rsidRDefault="00E7497D" w:rsidP="00FD6799">
+              <w:t xml:space="preserve">с наименованием и местом нахождения оператора, подтвердить факт обработки персональных данных оператором (уполномоченным лицом), узнать перечень персональных данных (с указанием источников их получения), правовые основания, цели обработки Ваших персональных данных, срок, на который Вами дано согласие на обработку персональных данных, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>наименование и место нахождения уполномоченного лица, если обработка персональных данных поручена такому лицу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>. При этом Вы не должны обосновывать свой интерес к запрашиваемой информации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA1F9A" w:rsidRPr="00E91D8C" w:rsidRDefault="00BA1F9A" w:rsidP="00BA1F9A">
             <w:pPr>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00E7497D" w:rsidRDefault="00E7497D" w:rsidP="00FD6799">
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">требовать внесения изменений в Ваши персональные данные. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Это означает, что в случае, если Ваши персональные данные являются неполными, устаревшими или неточными, Вы можете подать в </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>ОАО «НКФО «ЕРИП» заявление с приложением соответствующих документов и (или) их заверенных копий, подтверждающих необходимость внесения изменений</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA1F9A" w:rsidRPr="00E91D8C" w:rsidRDefault="00BA1F9A" w:rsidP="00BA1F9A">
             <w:pPr>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00E7497D" w:rsidRDefault="00E7497D" w:rsidP="00FD6799">
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">на получение информации о предоставлении Ваших персональных данных третьим лицам. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Это</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>означает</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>что не чаще одного раза в календарный год Вы можете получить информацию обо всех фактах предоставления Ваших персональных данных третьим лицам, которые имели место в течении года, предшествующего дате подачи заявления. Реализация данного права будет для Вас бесплатной;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA1F9A" w:rsidRPr="00E91D8C" w:rsidRDefault="00BA1F9A" w:rsidP="00BA1F9A">
             <w:pPr>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00E7497D" w:rsidRDefault="00E7497D" w:rsidP="00FD6799">
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">требовать бесплатного прекращения обработки персональных данных, включая их удаление. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Это означает, что Вы можете требовать у </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>ОАО «НКФО «ЕРИП»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> прекращения обработки, включая удаление, Ваших персональных данных. В случае, если Закон и иные законодательные акты не устанавливают основания для дальнейшей обработки Ваших персональных данных, мы исполняем Ваше </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>требование. При отсутствии технической возможности удаления персональных данных мы примем исчерпывающие меры по недопущению их дальнейшей обработки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA1F9A" w:rsidRPr="00E91D8C" w:rsidRDefault="00BA1F9A" w:rsidP="00BA1F9A">
             <w:pPr>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...24 lines deleted...]
-          <w:p w:rsidR="00E7497D" w:rsidRDefault="00E7497D" w:rsidP="00FD6799">
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">право на обжалование действий (бездействия) и решений оператора, нарушающих Ваши права при обработке персональных данных. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Это означает,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">что Вы вправе обратиться в порядке, установленном законодательством об обращениях граждан и юридических лиц, с жалобой на действия (бездействие) и решения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>ОАО «НКФО «ЕРИП»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, которые нарушают Ваши права при обработке персональных данных, в уполномоченный орган по защите прав субъектов персональных данных – Национальный центр защиты персональных данных Республики Беларусь;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA1F9A" w:rsidRPr="00E91D8C" w:rsidRDefault="00BA1F9A" w:rsidP="00BA1F9A">
             <w:pPr>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00E7497D" w:rsidRDefault="00E7497D" w:rsidP="00FD6799">
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">право на возмещение морального вреда. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Это означает,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>что</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>если</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">действиями (бездействием) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>ОАО «НКФО «ЕРИП»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, нарушающими Ваши права, установленные Законом, Вам будет причинен моральный вред (физические или нравственные страдания), Вы вправе обратиться в суд с требованиями денежной компенсации указанного вреда.  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA1F9A" w:rsidRPr="00E91D8C" w:rsidRDefault="00BA1F9A" w:rsidP="00BA1F9A">
             <w:pPr>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...91 lines deleted...]
-          <w:p w:rsidR="00E7497D" w:rsidRDefault="00E7497D" w:rsidP="00FD6799">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Для реализации Ваших прав на отзыв согласия, на обработку персональных данных, на получение информации, касающейся обработки Ваших персональных данных, на получение информации о предоставлении Ваших персональных данных третьим лицам, а также права требовать прекращения обработки персональных данных, включая их удаление,  Вы подаете заявление в </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>ОАО «НКФО «ЕРИП» посредством:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA1F9A" w:rsidRPr="00E91D8C" w:rsidRDefault="00BA1F9A" w:rsidP="00BA1F9A">
             <w:pPr>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00E7497D" w:rsidRDefault="00E7497D" w:rsidP="00FD6799">
+                <w:iCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>письменного уведомления, направленного заказным письмом или переданного лично по адресу: г. Минск,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ул. Толстого, д. 6, 3 этаж, к. 303;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA1F9A" w:rsidRPr="00E91D8C" w:rsidRDefault="00BA1F9A" w:rsidP="00BA1F9A">
             <w:pPr>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00E7497D" w:rsidRDefault="00E7497D" w:rsidP="00FD6799">
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>электронного уведомления* об отзыве согласия, присланного на адрес электронной почты personal@raschet.by, с адреса электронной почты, с которого была направлена анкета на трудоустройство, прохождение практики (только в случае, если анкета направлялась по электронной почте);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA1F9A" w:rsidRPr="00E91D8C" w:rsidRDefault="00BA1F9A" w:rsidP="00BA1F9A">
             <w:pPr>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00E7497D" w:rsidRDefault="00E7497D" w:rsidP="00FD6799">
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">уведомление в ином электронном виде** об отзыве согласия в </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>ПО «1С-Битрикс24: Корпоративный портал».</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA1F9A" w:rsidRPr="00E91D8C" w:rsidRDefault="00BA1F9A" w:rsidP="00BA1F9A">
             <w:pPr>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00E7497D" w:rsidRDefault="00E7497D" w:rsidP="00FD6799">
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>* - для анкет на трудоустройство;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA1F9A" w:rsidRPr="00E91D8C" w:rsidRDefault="00BA1F9A" w:rsidP="00BA1F9A">
+            <w:pPr>
+              <w:ind w:firstLine="709"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">** - для согласия в ином электронном виде в </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>ПО «1С-Битрикс24: Корпоративный портал».</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA1F9A" w:rsidRPr="00E91D8C" w:rsidRDefault="00BA1F9A" w:rsidP="00BA1F9A">
+            <w:pPr>
+              <w:ind w:firstLine="709"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BA1F9A" w:rsidRPr="00E91D8C" w:rsidRDefault="00BA1F9A" w:rsidP="00BA1F9A">
             <w:pPr>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...8 lines deleted...]
-                <w:szCs w:val="26"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Субъект персональных данных</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E7497D" w:rsidRDefault="00E7497D" w:rsidP="00FD6799">
-[...82 lines deleted...]
-                <w:szCs w:val="26"/>
+          <w:p w:rsidR="00BA1F9A" w:rsidRPr="00E91D8C" w:rsidRDefault="00BA1F9A" w:rsidP="00BA1F9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">____________________              _________________     ____________________          </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA1F9A" w:rsidRPr="00E91D8C" w:rsidRDefault="00BA1F9A" w:rsidP="00BA1F9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>фамилия, собственное имя,                 подпись                                 дата</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA1F9A" w:rsidRPr="00E91D8C" w:rsidRDefault="00BA1F9A" w:rsidP="00BA1F9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>отчество (если таковое имеется)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E7497D" w:rsidRDefault="00E7497D" w:rsidP="00FD6799">
-[...15 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="00BA1F9A" w:rsidRPr="00E91D8C" w:rsidRDefault="00BA1F9A" w:rsidP="00BA1F9A">
+            <w:pPr>
+              <w:ind w:left="-360"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00E7497D" w:rsidRDefault="00E7497D" w:rsidP="00FD6799">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3540"/>
               </w:tabs>
               <w:ind w:left="-426" w:firstLine="709"/>
               <w:contextualSpacing/>
               <w:mirrorIndents/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00E7497D" w:rsidRDefault="00E7497D" w:rsidP="00FD6799">
             <w:pPr>
-              <w:tabs>
-[...4 lines deleted...]
-              <w:mirrorIndents/>
+              <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00E7497D" w:rsidRDefault="00E7497D" w:rsidP="00FD6799">
             <w:pPr>
-              <w:tabs>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:ind w:firstLine="709"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00E7497D" w:rsidRDefault="00E7497D" w:rsidP="00FD6799">
+          <w:p w:rsidR="004840AF" w:rsidRDefault="004840AF" w:rsidP="00FD6799">
+            <w:pPr>
+              <w:ind w:firstLine="709"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004840AF" w:rsidRDefault="004840AF" w:rsidP="00FD6799">
+            <w:pPr>
+              <w:ind w:firstLine="709"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F23B6D" w:rsidRDefault="00F23B6D" w:rsidP="00FD6799">
+            <w:pPr>
+              <w:ind w:firstLine="709"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BA1F9A" w:rsidRPr="00E91D8C" w:rsidRDefault="00BA1F9A" w:rsidP="00BA1F9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>СОГЛАСИЕ ФИЗИЧЕСКОГО ЛИЦА</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA1F9A" w:rsidRPr="00E91D8C" w:rsidRDefault="00BA1F9A" w:rsidP="00BA1F9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve">на обработку персональных данных </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA1F9A" w:rsidRPr="00E91D8C" w:rsidRDefault="00BA1F9A" w:rsidP="00BA1F9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>ОАО «НКФО «ЕРИП»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA1F9A" w:rsidRPr="00E91D8C" w:rsidRDefault="00BA1F9A" w:rsidP="00BA1F9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BA1F9A" w:rsidRPr="00E91D8C" w:rsidRDefault="00BA1F9A" w:rsidP="00BA1F9A">
+            <w:pPr>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Я, ___________________________________________________________, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA1F9A" w:rsidRPr="00E91D8C" w:rsidRDefault="00BA1F9A" w:rsidP="00BA1F9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     фамилия, собственное имя, отчество (если таковое имеется)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA1F9A" w:rsidRPr="00E91D8C" w:rsidRDefault="00BA1F9A" w:rsidP="00BA1F9A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>в соответствии со статьей 5 Закона Республики Беларусь от  7 мая 2021 г. № 99-З «О защите персональных данных» даю согласие на обработку моих персональных данных ОАО «НКФО «ЕРИП», (г. Минск, ул. Толстого, д. 6, 3 этаж, к. 303).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA1F9A" w:rsidRPr="00E91D8C" w:rsidRDefault="00BA1F9A" w:rsidP="00BA1F9A">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Цель обработки:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> организация практики в ОАО «НКФО «ЕРИП».</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA1F9A" w:rsidRPr="00E91D8C" w:rsidRDefault="00BA1F9A" w:rsidP="00BA1F9A">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Объем:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> фамилия, собственное имя, отчество (если таковое имеется), дата рождения, место проживания, контактные данные (номер мобильного телефона, адрес электронной почты), места и периоды работы, занимаемые должности, должностные обязанности, сведения об образовании, профессиональной подготовке, повышении квалификации, стажировке.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA1F9A" w:rsidRPr="00E91D8C" w:rsidRDefault="00BA1F9A" w:rsidP="00BA1F9A">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Срок действия согласия:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в случае прохождения практики в ОАО «НКФО «ЕРИП» 1 месяц, в случае отказа – 1 год.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA1F9A" w:rsidRPr="00E91D8C" w:rsidRDefault="00BA1F9A" w:rsidP="00BA1F9A">
+            <w:pPr>
+              <w:ind w:firstLine="709"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>ОАО «НКФО «ЕРИП» осуществляет обработку персональных данных без привлечения уполномоченного лица.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA1F9A" w:rsidRPr="00E91D8C" w:rsidRDefault="00BA1F9A" w:rsidP="00BA1F9A">
+            <w:pPr>
+              <w:ind w:firstLine="709"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Перечень действий с персональными данными:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> автоматизированная обработка, в том числе сбор, систематизация, хранение, использование, уничтожение (удаление) персональных данных. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA1F9A" w:rsidRPr="00E91D8C" w:rsidRDefault="00BA1F9A" w:rsidP="00BA1F9A">
+            <w:pPr>
+              <w:ind w:left="1080"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BA1F9A" w:rsidRPr="00E91D8C" w:rsidRDefault="00BA1F9A" w:rsidP="00BA1F9A">
+            <w:pPr>
+              <w:ind w:firstLine="709"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                    Субъект персональных данных</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA1F9A" w:rsidRPr="00E91D8C" w:rsidRDefault="00BA1F9A" w:rsidP="00BA1F9A">
             <w:pPr>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="26"/>
-[...864 lines deleted...]
-                <w:szCs w:val="26"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BA1F9A" w:rsidRPr="00E91D8C" w:rsidRDefault="00BA1F9A" w:rsidP="00BA1F9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">___________________              _________________     ____________________          </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA1F9A" w:rsidRPr="00E91D8C" w:rsidRDefault="00BA1F9A" w:rsidP="00BA1F9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>фамилия, собственное имя,              подпись                                 дата</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA1F9A" w:rsidRPr="00E91D8C" w:rsidRDefault="00BA1F9A" w:rsidP="00BA1F9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E91D8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>отчество (если таковое имеется)</w:t>
             </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA1F9A" w:rsidRPr="00E91D8C" w:rsidRDefault="00BA1F9A" w:rsidP="00BA1F9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
           <w:p w:rsidR="00E7497D" w:rsidRDefault="00E7497D" w:rsidP="00FD6799">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00E7497D" w:rsidRDefault="00E7497D" w:rsidP="00E7497D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E7497D" w:rsidRDefault="00E7497D" w:rsidP="00473033">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:jc w:val="center"/>
@@ -1682,787 +1533,711 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC5A57" w:rsidRDefault="00FC5A57" w:rsidP="00473033">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ДЛЯ ПРОХОЖДЕНИЯ ПРАКТИКИ В ОАО «НКФО «ЕРИП»</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00473033" w:rsidRDefault="00473033" w:rsidP="00473033">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E7497D" w:rsidRDefault="00E7497D" w:rsidP="00E7497D">
       <w:pPr>
         <w:ind w:left="-360"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">1. ЛИЧНЫЕ ДАННЫЕ </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10190" w:type="dxa"/>
         <w:tblInd w:w="-339" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4188"/>
         <w:gridCol w:w="6002"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E7497D" w:rsidTr="000452F3">
         <w:trPr>
           <w:trHeight w:val="541"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4188" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00E7497D" w:rsidRDefault="00E7497D" w:rsidP="00FD6799">
             <w:pPr>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Фамилия, имя, отчество (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6002" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00E7497D" w:rsidRDefault="00E7497D" w:rsidP="00FD6799">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E7497D" w:rsidTr="00473033">
         <w:trPr>
           <w:trHeight w:val="541"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4188" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w:rsidR="00E7497D" w:rsidRPr="007E2752" w:rsidRDefault="00E7497D" w:rsidP="00FD6799">
             <w:pPr>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Дата рождения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6002" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00E7497D" w:rsidRDefault="00E7497D" w:rsidP="00FD6799">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E7497D" w:rsidTr="00473033">
         <w:trPr>
           <w:trHeight w:val="676"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4188" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00E7497D" w:rsidRDefault="00E7497D" w:rsidP="00FD6799">
             <w:pPr>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Место проживания </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6002" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00E7497D" w:rsidRDefault="00E7497D" w:rsidP="00FD6799">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00E7497D" w:rsidRDefault="00E7497D" w:rsidP="00E7497D">
       <w:pPr>
         <w:ind w:left="-360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10190" w:type="dxa"/>
         <w:tblInd w:w="-339" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4188"/>
         <w:gridCol w:w="6002"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E7497D" w:rsidTr="000452F3">
         <w:trPr>
           <w:trHeight w:val="779"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4188" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00E7497D" w:rsidRDefault="00E7497D" w:rsidP="00FD6799">
             <w:pPr>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Контактные данные, по которым с Вами можно связаться (телефон, электронный адрес)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6002" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00E7497D" w:rsidRDefault="00E7497D" w:rsidP="00FD6799">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00E7497D" w:rsidRDefault="00E7497D" w:rsidP="00E7497D">
       <w:pPr>
         <w:ind w:left="-360"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E7497D" w:rsidRDefault="00E7497D" w:rsidP="00E7497D">
       <w:pPr>
         <w:ind w:left="-360"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>2. ОБРАЗОВАНИЕ</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10190" w:type="dxa"/>
         <w:tblInd w:w="-339" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2252"/>
         <w:gridCol w:w="7938"/>
       </w:tblGrid>
       <w:tr w:rsidR="00473033" w:rsidTr="00406805">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00473033" w:rsidRPr="0062448A" w:rsidRDefault="00473033" w:rsidP="0062448A">
             <w:pPr>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0062448A">
               <w:t>Название учебного заведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00473033" w:rsidRDefault="00473033" w:rsidP="00A55B79">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00473033" w:rsidTr="006B0D4B">
         <w:trPr>
           <w:trHeight w:val="653"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00473033" w:rsidRPr="0062448A" w:rsidRDefault="00473033" w:rsidP="0062448A">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0062448A">
               <w:t>Факультет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="00473033" w:rsidRDefault="00473033" w:rsidP="00A55B79">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062448A" w:rsidTr="0091492F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="0062448A" w:rsidRPr="0062448A" w:rsidRDefault="0062448A" w:rsidP="0062448A">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0062448A">
               <w:t>Специальность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="0062448A" w:rsidRDefault="0062448A" w:rsidP="00A55B79">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="0062448A" w:rsidRDefault="0062448A" w:rsidP="00A55B79">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062448A" w:rsidTr="00692269">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="0062448A" w:rsidRPr="0062448A" w:rsidRDefault="0062448A" w:rsidP="0062448A">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0062448A">
               <w:t>Специализация</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0062448A" w:rsidRPr="0062448A" w:rsidRDefault="0062448A" w:rsidP="0062448A">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="0062448A" w:rsidRDefault="0062448A" w:rsidP="00A55B79">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062448A" w:rsidTr="00FB3C77">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="0062448A" w:rsidRPr="0062448A" w:rsidRDefault="0062448A" w:rsidP="0062448A">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0062448A">
               <w:t>Период обучения</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0062448A" w:rsidRPr="0062448A" w:rsidRDefault="0062448A" w:rsidP="0062448A">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="0062448A" w:rsidRDefault="0062448A" w:rsidP="00A55B79">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062448A" w:rsidTr="004317A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="0062448A" w:rsidRPr="0062448A" w:rsidRDefault="0062448A" w:rsidP="0062448A">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0062448A">
               <w:t>Форма обучения</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0062448A" w:rsidRPr="0062448A" w:rsidRDefault="0062448A" w:rsidP="0062448A">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="0062448A" w:rsidRDefault="0062448A" w:rsidP="00A55B79">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00E7497D" w:rsidRDefault="00E7497D" w:rsidP="00A55B79">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:ind w:left="-360"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E7497D" w:rsidRDefault="00E7497D" w:rsidP="0062448A">
       <w:pPr>
         <w:ind w:left="-360"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E7497D" w:rsidRDefault="00622B5D" w:rsidP="0062448A">
       <w:pPr>
         <w:ind w:left="-360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>ПРИ НАЛИЧИИ ОПЫТА РАБОТЫ УКАЖИТЕ ПРЕДЫДУЩЕЕ (ТЕКУЩЕЕ) МЕСТО РАБОТЫ</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10190" w:type="dxa"/>
         <w:tblInd w:w="-339" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2394"/>
         <w:gridCol w:w="2018"/>
         <w:gridCol w:w="5778"/>
       </w:tblGrid>
       <w:tr w:rsidR="00622B5D" w:rsidTr="004431DA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4412" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00622B5D" w:rsidRDefault="00622B5D" w:rsidP="004025F6">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Место работы </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00622B5D" w:rsidRDefault="00622B5D" w:rsidP="004025F6">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>(наименование организации)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="00622B5D" w:rsidRDefault="00622B5D" w:rsidP="004025F6">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00622B5D" w:rsidTr="00622B5D">
         <w:trPr>
           <w:trHeight w:val="373"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4412" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00622B5D" w:rsidRDefault="00622B5D" w:rsidP="0062448A">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Месяц и год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="00622B5D" w:rsidRPr="00622B5D" w:rsidRDefault="00622B5D" w:rsidP="00622B5D">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00622B5D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Полное наименование занимаемой должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00473033" w:rsidTr="00473033">
         <w:trPr>
           <w:trHeight w:val="407"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
@@ -2503,128 +2278,119 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00622B5D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Увольнения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5778" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="00473033" w:rsidRDefault="00473033" w:rsidP="004025F6">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00473033" w:rsidTr="00473033">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00473033" w:rsidRDefault="00473033" w:rsidP="004025F6">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00473033" w:rsidRPr="00A55B79" w:rsidRDefault="00473033" w:rsidP="004025F6">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2018" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="00473033" w:rsidRDefault="00473033" w:rsidP="004025F6">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5778" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="00473033" w:rsidRDefault="00473033" w:rsidP="004025F6">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00622B5D" w:rsidTr="005E5FB7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10190" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00622B5D" w:rsidRPr="00473033" w:rsidRDefault="00473033" w:rsidP="00473033">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
@@ -2727,104 +2493,100 @@
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7796" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="00473033" w:rsidRDefault="00473033" w:rsidP="004025F6">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00E7497D" w:rsidRPr="0062448A" w:rsidRDefault="00E7497D" w:rsidP="0062448A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000B4570" w:rsidRDefault="000B4570" w:rsidP="000B4570">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000B4570" w:rsidRDefault="000B4570" w:rsidP="000B4570">
       <w:pPr>
         <w:ind w:left="-426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0062448A" w:rsidRDefault="000B4570" w:rsidP="000B4570">
       <w:pPr>
         <w:ind w:left="-426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B4570">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>ДОПОЛНИТЕЛЬНЫЕ СВЕДЕНИЯ</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a7"/>
         <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-318" w:type="dxa"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4927"/>
         <w:gridCol w:w="5280"/>
       </w:tblGrid>
       <w:tr w:rsidR="008A5714" w:rsidTr="000B4570">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4927" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008A5714" w:rsidRDefault="008A5714" w:rsidP="000B4570">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Сроки прохождения практики</w:t>
@@ -2986,170 +2748,169 @@
         <w:ind w:left="-360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E7497D" w:rsidRDefault="00E7497D" w:rsidP="00E7497D">
       <w:pPr>
         <w:ind w:left="-360"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Подпись__________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>      Дата ___________________  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E7497D" w:rsidRDefault="00E7497D" w:rsidP="006B73D8">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00E7497D" w:rsidSect="00473033">
+    <w:sectPr w:rsidR="00E7497D" w:rsidSect="00BA1F9A">
       <w:footnotePr>
         <w:pos w:val="beneathText"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="851" w:right="1134" w:bottom="1696" w:left="1134" w:header="720" w:footer="1134" w:gutter="0"/>
+      <w:pgMar w:top="1135" w:right="1134" w:bottom="1696" w:left="1134" w:header="720" w:footer="1134" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Serif">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="600001BF" w:csb1="DFF70000"/>
   </w:font>
   <w:font w:name="Mangal">
-    <w:altName w:val="Courier New"/>
+    <w:altName w:val="Courier"/>
     <w:panose1 w:val="00000400000000000000"/>
-    <w:charset w:val="00"/>
-[...1 lines deleted...]
-    <w:pitch w:val="default"/>
+    <w:charset w:val="01"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00002000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Mono">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0000AFF" w:usb1="400078FF" w:usb2="00000001" w:usb3="00000000" w:csb0="600001BF" w:csb1="DFF70000"/>
   </w:font>
   <w:font w:name="NSimSun">
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000283" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="18C91A36"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0166FB50"/>
     <w:lvl w:ilvl="0" w:tplc="6A8C1BFC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="810" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1530" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -3194,51 +2955,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5130" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5850" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6570" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="2BD301A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FACE11E"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1494" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2214" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -3344,530 +3105,300 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:pos w:val="beneathText"/>
   </w:footnotePr>
   <w:compat>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00197842"/>
     <w:rsid w:val="000452F3"/>
     <w:rsid w:val="000B4570"/>
     <w:rsid w:val="00197842"/>
     <w:rsid w:val="00473033"/>
     <w:rsid w:val="004840AF"/>
     <w:rsid w:val="004906ED"/>
     <w:rsid w:val="00622B5D"/>
     <w:rsid w:val="0062448A"/>
     <w:rsid w:val="00650A37"/>
     <w:rsid w:val="006B73D8"/>
     <w:rsid w:val="008A5714"/>
+    <w:rsid w:val="009E4628"/>
     <w:rsid w:val="00A3210F"/>
     <w:rsid w:val="00A55B79"/>
     <w:rsid w:val="00B73F9A"/>
+    <w:rsid w:val="00B931DE"/>
+    <w:rsid w:val="00BA1F9A"/>
+    <w:rsid w:val="00BB6FAC"/>
     <w:rsid w:val="00BC3E4C"/>
     <w:rsid w:val="00BC41BD"/>
     <w:rsid w:val="00E7497D"/>
+    <w:rsid w:val="00EC68C4"/>
     <w:rsid w:val="00F23B6D"/>
     <w:rsid w:val="00FC5A57"/>
+    <w:rsid w:val="00FC625C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
+  <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="3E194666"/>
-  <w15:docId w15:val="{AFBD5039-B93E-44EA-83B0-5F1291F8D28A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="SimSun" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="7" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="7"/>
     <w:qFormat/>
     <w:rsid w:val="00A55B79"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a3">
     <w:name w:val="Текст в заданном формате"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="67"/>
     <w:qFormat/>
     <w:rsid w:val="00E7497D"/>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Mono" w:eastAsia="NSimSun" w:hAnsi="Liberation Mono" w:cs="Liberation Mono"/>
       <w:sz w:val="20"/>
@@ -3925,65 +3456,72 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00650A37"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="SimSun" w:hAnsi="Tahoma" w:cs="Mangal"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="14"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a7">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="008A5714"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -4205,76 +3743,76 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1241</Words>
-  <Characters>7074</Characters>
+  <Words>1115</Words>
+  <Characters>6362</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>58</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>53</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8299</CharactersWithSpaces>
+  <CharactersWithSpaces>7463</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Стрельченок Любовь Викторовна</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>